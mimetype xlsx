--- v2 (2026-01-28)
+++ v3 (2026-03-09)
@@ -2056,51 +2056,51 @@
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D7" r:id="rId2"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D15" r:id="rId3"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D16" display="For any questions, please contact New York Fed Research Publications." r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:L328"/>
+  <dimension ref="A2:L351"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="13.7" customFormat="1" customHeight="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6" ht="15.75" customHeight="1">
@@ -2194,51 +2194,51 @@
           <t>38.4</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J7" t="n">
         <v>1</v>
       </c>
       <c r="K7" t="n">
         <v>732</v>
       </c>
       <c r="L7" t="n">
-        <v>4.625026742507236</v>
+        <v>4.625026742507234</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B8" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>34.99</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
@@ -2248,51 +2248,51 @@
           <t>26.6</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J8" t="n">
         <v>1</v>
       </c>
       <c r="K8" t="n">
         <v>900</v>
       </c>
       <c r="L8" t="n">
-        <v>1.769612881709842</v>
+        <v>1.769612881709843</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B9" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C9" s="9" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>683.03</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>19.9</t>
         </is>
@@ -2302,51 +2302,51 @@
           <t>27.3</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J9" t="n">
         <v>1</v>
       </c>
       <c r="K9" t="n">
         <v>2105</v>
       </c>
       <c r="L9" t="n">
-        <v>0.649887868711823</v>
+        <v>0.6498878687118227</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B10" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C10" s="9" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>94.44</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>2.7</t>
         </is>
@@ -2356,51 +2356,51 @@
           <t>45.7</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>2.4</t>
         </is>
       </c>
       <c r="J10" t="n">
         <v>1</v>
       </c>
       <c r="K10" t="n">
         <v>931</v>
       </c>
       <c r="L10" t="n">
-        <v>0.6756274861534353</v>
+        <v>0.6756274861534349</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B11" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C11" s="9" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>1512.44</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>44.0</t>
         </is>
@@ -2410,51 +2410,51 @@
           <t>28.3</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J11" t="n">
         <v>1</v>
       </c>
       <c r="K11" t="n">
         <v>4945</v>
       </c>
       <c r="L11" t="n">
-        <v>0.4395577568936706</v>
+        <v>0.4395577568936705</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B12" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C12" s="9" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>20.28</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -2464,51 +2464,51 @@
           <t>47.3</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J12" t="n">
         <v>0</v>
       </c>
       <c r="K12" t="n">
         <v>383</v>
       </c>
       <c r="L12" t="n">
-        <v>2.796168834476526</v>
+        <v>2.796168834476525</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B13" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C13" s="9" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>14.42</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -2518,51 +2518,51 @@
           <t>47.9</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J13" t="n">
         <v>0</v>
       </c>
       <c r="K13" t="n">
         <v>379</v>
       </c>
       <c r="L13" t="n">
-        <v>5.459924280383593</v>
+        <v>5.459924280383594</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B14" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C14" s="9" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>15.61</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -2572,51 +2572,51 @@
           <t>57.2</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J14" t="n">
         <v>0</v>
       </c>
       <c r="K14" t="n">
         <v>290</v>
       </c>
       <c r="L14" t="n">
-        <v>3.180600592804915</v>
+        <v>3.180600592804914</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B15" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C15" s="9" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>17.23</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -2626,51 +2626,51 @@
           <t>68.6</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J15" t="n">
         <v>0</v>
       </c>
       <c r="K15" t="n">
         <v>433</v>
       </c>
       <c r="L15" t="n">
-        <v>4.682861878786701</v>
+        <v>4.6828618787867</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B16" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C16" s="9" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>112.12</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -2680,51 +2680,51 @@
           <t>37.5</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
           <t>7.9</t>
         </is>
       </c>
       <c r="J16" t="n">
         <v>0</v>
       </c>
       <c r="K16" t="n">
         <v>950</v>
       </c>
       <c r="L16" t="n">
-        <v>1.740544529682866</v>
+        <v>1.740544529682865</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B17" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C17" s="9" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>50.63</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
@@ -2734,51 +2734,51 @@
           <t>55.0</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J17" t="n">
         <v>0</v>
       </c>
       <c r="K17" t="n">
         <v>676</v>
       </c>
       <c r="L17" t="n">
-        <v>3.362695537204202</v>
+        <v>3.362695537204201</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B18" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C18" s="9" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>219.26</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
@@ -2788,51 +2788,51 @@
           <t>42.6</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
           <t>11.1</t>
         </is>
       </c>
       <c r="J18" t="n">
         <v>0</v>
       </c>
       <c r="K18" t="n">
         <v>1460</v>
       </c>
       <c r="L18" t="n">
-        <v>2.839091231081285</v>
+        <v>2.839091231081289</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B19" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C19" s="9" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>0.13</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -2950,51 +2950,51 @@
           <t>45.8</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
           <t>8.8</t>
         </is>
       </c>
       <c r="J21" t="n">
         <v>0</v>
       </c>
       <c r="K21" t="n">
         <v>185</v>
       </c>
       <c r="L21" t="n">
-        <v>2.417429911359915</v>
+        <v>2.417429911359914</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B22" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C22" s="9" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>4.90</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -3198,51 +3198,51 @@
           <t>39.2</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I30" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J30" t="n">
         <v>1</v>
       </c>
       <c r="K30" t="n">
         <v>669</v>
       </c>
       <c r="L30" t="n">
-        <v>4.816821990284339</v>
+        <v>4.816821990284342</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B31" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>40.08</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -3360,51 +3360,51 @@
           <t>50.6</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J33" t="n">
         <v>1</v>
       </c>
       <c r="K33" t="n">
         <v>786</v>
       </c>
       <c r="L33" t="n">
-        <v>0.7827746052262426</v>
+        <v>0.782774605226243</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B34" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>1510.08</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>44.2</t>
         </is>
@@ -3414,51 +3414,51 @@
           <t>29.1</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J34" t="n">
         <v>1</v>
       </c>
       <c r="K34" t="n">
         <v>4675</v>
       </c>
       <c r="L34" t="n">
-        <v>0.4431582059542613</v>
+        <v>0.4431582059542618</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B35" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>19.31</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -3468,51 +3468,51 @@
           <t>44.2</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I35" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J35" t="n">
         <v>0</v>
       </c>
       <c r="K35" t="n">
         <v>362</v>
       </c>
       <c r="L35" t="n">
-        <v>2.824894001362468</v>
+        <v>2.82489400136247</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B36" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>15.54</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -3576,51 +3576,51 @@
           <t>56.4</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I37" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J37" t="n">
         <v>0</v>
       </c>
       <c r="K37" t="n">
         <v>276</v>
       </c>
       <c r="L37" t="n">
-        <v>3.561983823383667</v>
+        <v>3.561983823383666</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B38" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>17.05</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -3684,51 +3684,51 @@
           <t>34.6</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I39" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J39" t="n">
         <v>0</v>
       </c>
       <c r="K39" t="n">
         <v>924</v>
       </c>
       <c r="L39" t="n">
-        <v>1.857335634656794</v>
+        <v>1.857335634656793</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B40" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>51.54</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
@@ -3738,51 +3738,51 @@
           <t>54.8</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J40" t="n">
         <v>0</v>
       </c>
       <c r="K40" t="n">
         <v>598</v>
       </c>
       <c r="L40" t="n">
-        <v>5.063751506002251</v>
+        <v>5.063751506002252</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B41" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>198.55</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
@@ -3792,51 +3792,51 @@
           <t>44.0</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J41" t="n">
         <v>0</v>
       </c>
       <c r="K41" t="n">
         <v>1328</v>
       </c>
       <c r="L41" t="n">
-        <v>2.872354419455396</v>
+        <v>2.872354419455393</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B42" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>0.60</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -3954,51 +3954,51 @@
           <t>45.6</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J44" t="n">
         <v>0</v>
       </c>
       <c r="K44" t="n">
         <v>187</v>
       </c>
       <c r="L44" t="n">
-        <v>2.472235226081986</v>
+        <v>2.472235226081985</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B45" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>4.55</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -4202,51 +4202,51 @@
           <t>39.6</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J53" t="n">
         <v>1</v>
       </c>
       <c r="K53" t="n">
         <v>755</v>
       </c>
       <c r="L53" t="n">
-        <v>4.559625883612501</v>
+        <v>4.559625883612503</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B54" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>42.24</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -4256,51 +4256,51 @@
           <t>32.4</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J54" t="n">
         <v>1</v>
       </c>
       <c r="K54" t="n">
         <v>790</v>
       </c>
       <c r="L54" t="n">
-        <v>1.848980169087284</v>
+        <v>1.848980169087282</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B55" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>700.36</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>20.0</t>
         </is>
@@ -4310,51 +4310,51 @@
           <t>28.7</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J55" t="n">
         <v>1</v>
       </c>
       <c r="K55" t="n">
         <v>2039</v>
       </c>
       <c r="L55" t="n">
-        <v>0.6402642410505903</v>
+        <v>0.6402642410505899</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B56" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>85.22</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>2.4</t>
         </is>
@@ -4364,51 +4364,51 @@
           <t>54.8</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J56" t="n">
         <v>1</v>
       </c>
       <c r="K56" t="n">
         <v>836</v>
       </c>
       <c r="L56" t="n">
-        <v>1.292538619092806</v>
+        <v>1.292538619092808</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B57" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>1601.48</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>45.7</t>
         </is>
@@ -4418,51 +4418,51 @@
           <t>29.2</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J57" t="n">
         <v>1</v>
       </c>
       <c r="K57" t="n">
         <v>4753</v>
       </c>
       <c r="L57" t="n">
-        <v>0.4535006931786619</v>
+        <v>0.4535006931786617</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B58" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>21.01</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -4526,51 +4526,51 @@
           <t>55.2</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I59" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J59" t="n">
         <v>0</v>
       </c>
       <c r="K59" t="n">
         <v>361</v>
       </c>
       <c r="L59" t="n">
-        <v>5.345147207691405</v>
+        <v>5.345147207691404</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B60" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>16.21</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -4580,51 +4580,51 @@
           <t>52.8</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I60" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J60" t="n">
         <v>0</v>
       </c>
       <c r="K60" t="n">
         <v>280</v>
       </c>
       <c r="L60" t="n">
-        <v>3.567665798677281</v>
+        <v>3.567665798677282</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B61" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>17.11</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -4688,51 +4688,51 @@
           <t>36.3</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I62" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="J62" t="n">
         <v>0</v>
       </c>
       <c r="K62" t="n">
         <v>1046</v>
       </c>
       <c r="L62" t="n">
-        <v>1.75576071803744</v>
+        <v>1.755760718037441</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B63" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>49.14</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -4742,51 +4742,51 @@
           <t>49.7</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I63" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J63" t="n">
         <v>0</v>
       </c>
       <c r="K63" t="n">
         <v>715</v>
       </c>
       <c r="L63" t="n">
-        <v>3.184250919970691</v>
+        <v>3.184250919970692</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B64" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>223.01</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
@@ -4796,51 +4796,51 @@
           <t>45.3</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I64" t="inlineStr">
         <is>
           <t>10.4</t>
         </is>
       </c>
       <c r="J64" t="n">
         <v>0</v>
       </c>
       <c r="K64" t="n">
         <v>1448</v>
       </c>
       <c r="L64" t="n">
-        <v>2.687902372675197</v>
+        <v>2.687902372675196</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B65" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>0.58</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -4958,51 +4958,51 @@
           <t>47.3</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="I67" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J67" t="n">
         <v>0</v>
       </c>
       <c r="K67" t="n">
         <v>167</v>
       </c>
       <c r="L67" t="n">
-        <v>2.404047951274613</v>
+        <v>2.404047951274614</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B68" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>5.12</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -5206,51 +5206,51 @@
           <t>37.5</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J76" t="n">
         <v>1</v>
       </c>
       <c r="K76" t="n">
         <v>784</v>
       </c>
       <c r="L76" t="n">
-        <v>4.63403110770001</v>
+        <v>4.634031107700006</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B77" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>43.09</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -5260,51 +5260,51 @@
           <t>31.7</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I77" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J77" t="n">
         <v>1</v>
       </c>
       <c r="K77" t="n">
         <v>805</v>
       </c>
       <c r="L77" t="n">
-        <v>1.837889679003451</v>
+        <v>1.837889679003452</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B78" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>761.50</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>20.4</t>
         </is>
@@ -5314,51 +5314,51 @@
           <t>32.4</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I78" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J78" t="n">
         <v>1</v>
       </c>
       <c r="K78" t="n">
         <v>2030</v>
       </c>
       <c r="L78" t="n">
-        <v>0.6407921161090834</v>
+        <v>0.6407921161090836</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B79" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>85.11</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -5368,51 +5368,51 @@
           <t>52.6</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>1.8</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I79" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J79" t="n">
         <v>1</v>
       </c>
       <c r="K79" t="n">
         <v>846</v>
       </c>
       <c r="L79" t="n">
-        <v>0.6183169082368588</v>
+        <v>0.6183169082368586</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B80" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>1708.37</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>45.8</t>
         </is>
@@ -5422,51 +5422,51 @@
           <t>32.0</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J80" t="n">
         <v>1</v>
       </c>
       <c r="K80" t="n">
         <v>4545</v>
       </c>
       <c r="L80" t="n">
-        <v>0.4653069436810898</v>
+        <v>0.4653069436810902</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B81" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>20.54</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -5476,51 +5476,51 @@
           <t>49.2</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I81" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J81" t="n">
         <v>0</v>
       </c>
       <c r="K81" t="n">
         <v>380</v>
       </c>
       <c r="L81" t="n">
-        <v>2.727545541869164</v>
+        <v>2.727545541869165</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B82" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>13.71</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -5530,51 +5530,51 @@
           <t>58.8</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J82" t="n">
         <v>0</v>
       </c>
       <c r="K82" t="n">
         <v>348</v>
       </c>
       <c r="L82" t="n">
-        <v>5.580011862601257</v>
+        <v>5.580011862601256</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B83" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>16.59</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -5584,51 +5584,51 @@
           <t>52.4</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>3.8</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I83" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J83" t="n">
         <v>0</v>
       </c>
       <c r="K83" t="n">
         <v>303</v>
       </c>
       <c r="L83" t="n">
-        <v>3.302455482958583</v>
+        <v>3.302455482958582</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B84" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>18.21</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -5638,51 +5638,51 @@
           <t>68.7</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I84" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J84" t="n">
         <v>0</v>
       </c>
       <c r="K84" t="n">
         <v>457</v>
       </c>
       <c r="L84" t="n">
-        <v>4.545364778072351</v>
+        <v>4.545364778072353</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B85" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>128.78</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>3.5</t>
         </is>
@@ -5746,51 +5746,51 @@
           <t>50.9</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I86" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J86" t="n">
         <v>0</v>
       </c>
       <c r="K86" t="n">
         <v>714</v>
       </c>
       <c r="L86" t="n">
-        <v>3.287875058392327</v>
+        <v>3.287875058392328</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B87" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>220.13</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
@@ -5800,51 +5800,51 @@
           <t>45.7</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I87" t="inlineStr">
         <is>
           <t>11.8</t>
         </is>
       </c>
       <c r="J87" t="n">
         <v>0</v>
       </c>
       <c r="K87" t="n">
         <v>1470</v>
       </c>
       <c r="L87" t="n">
-        <v>2.977248272103764</v>
+        <v>2.977248272103765</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B88" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>0.69</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -5908,51 +5908,51 @@
           <t>55.3</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J89" t="n">
         <v>0</v>
       </c>
       <c r="K89" t="n">
         <v>195</v>
       </c>
       <c r="L89" t="n">
-        <v>1.20874115382772</v>
+        <v>1.208741153827719</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B90" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>14.44</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -6210,51 +6210,51 @@
           <t>35.9</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>4.0</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J99" t="n">
         <v>1</v>
       </c>
       <c r="K99" t="n">
         <v>774</v>
       </c>
       <c r="L99" t="n">
-        <v>4.692679432521708</v>
+        <v>4.692679432521709</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B100" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>45.88</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -6264,51 +6264,51 @@
           <t>31.0</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J100" t="n">
         <v>1</v>
       </c>
       <c r="K100" t="n">
         <v>847</v>
       </c>
       <c r="L100" t="n">
-        <v>1.746772738526539</v>
+        <v>1.746772738526541</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B101" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>768.42</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>20.4</t>
         </is>
@@ -6318,51 +6318,51 @@
           <t>32.9</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J101" t="n">
         <v>1</v>
       </c>
       <c r="K101" t="n">
         <v>2075</v>
       </c>
       <c r="L101" t="n">
-        <v>0.6475146568036136</v>
+        <v>0.6475146568036139</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B102" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>87.17</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -6372,51 +6372,51 @@
           <t>54.5</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J102" t="n">
         <v>1</v>
       </c>
       <c r="K102" t="n">
         <v>795</v>
       </c>
       <c r="L102" t="n">
-        <v>0.6267083040167569</v>
+        <v>0.6267083040167579</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B103" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>1674.15</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>44.5</t>
         </is>
@@ -6426,51 +6426,51 @@
           <t>31.5</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I103" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J103" t="n">
         <v>1</v>
       </c>
       <c r="K103" t="n">
         <v>4933</v>
       </c>
       <c r="L103" t="n">
-        <v>0.4488295199963236</v>
+        <v>0.4488295199963239</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B104" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>19.56</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -6480,51 +6480,51 @@
           <t>53.0</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I104" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J104" t="n">
         <v>0</v>
       </c>
       <c r="K104" t="n">
         <v>320</v>
       </c>
       <c r="L104" t="n">
-        <v>2.756493943204982</v>
+        <v>2.756493943204984</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B105" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>12.95</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -6534,51 +6534,51 @@
           <t>58.0</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I105" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J105" t="n">
         <v>0</v>
       </c>
       <c r="K105" t="n">
         <v>346</v>
       </c>
       <c r="L105" t="n">
-        <v>5.543731903806669</v>
+        <v>5.543731903806667</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B106" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>15.58</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -6588,51 +6588,51 @@
           <t>50.7</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I106" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J106" t="n">
         <v>0</v>
       </c>
       <c r="K106" t="n">
         <v>266</v>
       </c>
       <c r="L106" t="n">
-        <v>3.404927622200758</v>
+        <v>3.404927622200757</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B107" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>19.06</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -6642,51 +6642,51 @@
           <t>66.1</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I107" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J107" t="n">
         <v>0</v>
       </c>
       <c r="K107" t="n">
         <v>487</v>
       </c>
       <c r="L107" t="n">
-        <v>4.593062979701082</v>
+        <v>4.593062979701081</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B108" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>128.48</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>3.4</t>
         </is>
@@ -6804,51 +6804,51 @@
           <t>46.1</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J110" t="n">
         <v>0</v>
       </c>
       <c r="K110" t="n">
         <v>1366</v>
       </c>
       <c r="L110" t="n">
-        <v>2.920314754431748</v>
+        <v>2.920314754431752</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B111" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>1.37</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -6966,51 +6966,51 @@
           <t>40.6</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="I113" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J113" t="n">
         <v>0</v>
       </c>
       <c r="K113" t="n">
         <v>205</v>
       </c>
       <c r="L113" t="n">
-        <v>2.08996953673859</v>
+        <v>2.089969536738591</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B114" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>4.86</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -7214,51 +7214,51 @@
           <t>35.4</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I122" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J122" t="n">
         <v>1</v>
       </c>
       <c r="K122" t="n">
         <v>848</v>
       </c>
       <c r="L122" t="n">
-        <v>4.454442348512266</v>
+        <v>4.454442348512265</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B123" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>43.94</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>1.1</t>
         </is>
@@ -7376,51 +7376,51 @@
           <t>54.6</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I125" t="inlineStr">
         <is>
           <t>2.1</t>
         </is>
       </c>
       <c r="J125" t="n">
         <v>1</v>
       </c>
       <c r="K125" t="n">
         <v>950</v>
       </c>
       <c r="L125" t="n">
-        <v>0.899148751753695</v>
+        <v>0.8991487517536952</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B126" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>1746.44</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>45.1</t>
         </is>
@@ -7430,51 +7430,51 @@
           <t>29.9</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J126" t="n">
         <v>1</v>
       </c>
       <c r="K126" t="n">
         <v>4788</v>
       </c>
       <c r="L126" t="n">
-        <v>0.4402701320833093</v>
+        <v>0.4402701320833087</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B127" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>20.22</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -7484,51 +7484,51 @@
           <t>50.8</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <t>4.4</t>
         </is>
       </c>
       <c r="H127" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I127" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J127" t="n">
         <v>0</v>
       </c>
       <c r="K127" t="n">
         <v>352</v>
       </c>
       <c r="L127" t="n">
-        <v>2.703626880980949</v>
+        <v>2.703626880980951</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B128" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>14.70</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -7538,51 +7538,51 @@
           <t>56.9</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I128" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J128" t="n">
         <v>0</v>
       </c>
       <c r="K128" t="n">
         <v>411</v>
       </c>
       <c r="L128" t="n">
-        <v>5.564137961612125</v>
+        <v>5.564137961612123</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B129" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>16.24</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -7592,51 +7592,51 @@
           <t>51.9</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I129" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J129" t="n">
         <v>0</v>
       </c>
       <c r="K129" t="n">
         <v>281</v>
       </c>
       <c r="L129" t="n">
-        <v>3.170859512660233</v>
+        <v>3.170859512660235</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B130" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>18.62</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -7646,51 +7646,51 @@
           <t>67.7</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I130" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J130" t="n">
         <v>0</v>
       </c>
       <c r="K130" t="n">
         <v>505</v>
       </c>
       <c r="L130" t="n">
-        <v>4.449614911027478</v>
+        <v>4.449614911027477</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B131" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <t>127.78</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -7754,51 +7754,51 @@
           <t>56.3</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I132" t="inlineStr">
         <is>
           <t>14.9</t>
         </is>
       </c>
       <c r="J132" t="n">
         <v>0</v>
       </c>
       <c r="K132" t="n">
         <v>761</v>
       </c>
       <c r="L132" t="n">
-        <v>3.076132432756619</v>
+        <v>3.076132432756621</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B133" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>188.99</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
@@ -7808,51 +7808,51 @@
           <t>44.3</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I133" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J133" t="n">
         <v>0</v>
       </c>
       <c r="K133" t="n">
         <v>1441</v>
       </c>
       <c r="L133" t="n">
-        <v>3.155459669530959</v>
+        <v>3.15545966953096</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B134" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>1.46</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -7862,51 +7862,51 @@
           <t>95.8</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I134" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J134" t="n">
         <v>0</v>
       </c>
       <c r="K134" t="n">
         <v>59</v>
       </c>
       <c r="L134" t="n">
-        <v>0.9853691149695774</v>
+        <v>0.9853691149695775</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B135" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>11.98</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -8218,51 +8218,51 @@
           <t>35.6</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I145" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J145" t="n">
         <v>1</v>
       </c>
       <c r="K145" t="n">
         <v>887</v>
       </c>
       <c r="L145" t="n">
-        <v>4.186549461274338</v>
+        <v>4.186549461274339</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B146" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>47.32</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -8272,51 +8272,51 @@
           <t>28.6</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I146" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J146" t="n">
         <v>1</v>
       </c>
       <c r="K146" t="n">
         <v>926</v>
       </c>
       <c r="L146" t="n">
-        <v>1.78146249147383</v>
+        <v>1.781462491473829</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B147" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>822.70</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>20.5</t>
         </is>
@@ -8326,51 +8326,51 @@
           <t>30.1</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I147" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J147" t="n">
         <v>1</v>
       </c>
       <c r="K147" t="n">
         <v>2094</v>
       </c>
       <c r="L147" t="n">
-        <v>0.6499927598081843</v>
+        <v>0.6499927598081832</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B148" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>91.38</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -8380,51 +8380,51 @@
           <t>53.6</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I148" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J148" t="n">
         <v>1</v>
       </c>
       <c r="K148" t="n">
         <v>868</v>
       </c>
       <c r="L148" t="n">
-        <v>0.6899590896608113</v>
+        <v>0.6899590896608112</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B149" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>1775.42</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>44.2</t>
         </is>
@@ -8434,51 +8434,51 @@
           <t>31.0</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J149" t="n">
         <v>1</v>
       </c>
       <c r="K149" t="n">
         <v>4633</v>
       </c>
       <c r="L149" t="n">
-        <v>0.4350724421547176</v>
+        <v>0.435072442154718</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B150" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>21.93</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -8488,51 +8488,51 @@
           <t>51.7</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I150" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J150" t="n">
         <v>0</v>
       </c>
       <c r="K150" t="n">
         <v>353</v>
       </c>
       <c r="L150" t="n">
-        <v>2.806728080278741</v>
+        <v>2.806728080278742</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B151" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>15.02</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -8542,51 +8542,51 @@
           <t>55.9</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I151" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J151" t="n">
         <v>0</v>
       </c>
       <c r="K151" t="n">
         <v>429</v>
       </c>
       <c r="L151" t="n">
-        <v>5.367156146495759</v>
+        <v>5.367156146495758</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B152" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>17.07</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -8596,51 +8596,51 @@
           <t>51.0</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I152" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J152" t="n">
         <v>0</v>
       </c>
       <c r="K152" t="n">
         <v>317</v>
       </c>
       <c r="L152" t="n">
-        <v>3.163963619290623</v>
+        <v>3.163963619290624</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B153" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>19.00</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -8650,51 +8650,51 @@
           <t>67.8</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I153" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J153" t="n">
         <v>0</v>
       </c>
       <c r="K153" t="n">
         <v>480</v>
       </c>
       <c r="L153" t="n">
-        <v>4.616011518686971</v>
+        <v>4.61601151868697</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B154" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>128.53</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>3.2</t>
         </is>
@@ -8812,51 +8812,51 @@
           <t>41.1</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I156" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J156" t="n">
         <v>0</v>
       </c>
       <c r="K156" t="n">
         <v>1528</v>
       </c>
       <c r="L156" t="n">
-        <v>3.023185508043682</v>
+        <v>3.023185508043679</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B157" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>2.42</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -9222,51 +9222,51 @@
           <t>35.9</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I168" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J168" t="n">
         <v>1</v>
       </c>
       <c r="K168" t="n">
         <v>781</v>
       </c>
       <c r="L168" t="n">
-        <v>4.094077839017839</v>
+        <v>4.094077839017841</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B169" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>47.97</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -9330,51 +9330,51 @@
           <t>32.2</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I170" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J170" t="n">
         <v>1</v>
       </c>
       <c r="K170" t="n">
         <v>2140</v>
       </c>
       <c r="L170" t="n">
-        <v>0.6140949417483301</v>
+        <v>0.6140949417483307</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B171" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>93.45</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -9384,51 +9384,51 @@
           <t>52.2</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I171" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J171" t="n">
         <v>1</v>
       </c>
       <c r="K171" t="n">
         <v>838</v>
       </c>
       <c r="L171" t="n">
-        <v>0.6602377159051745</v>
+        <v>0.6602377159051744</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B172" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>1797.50</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>43.9</t>
         </is>
@@ -9438,51 +9438,51 @@
           <t>32.0</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J172" t="n">
         <v>1</v>
       </c>
       <c r="K172" t="n">
         <v>4820</v>
       </c>
       <c r="L172" t="n">
-        <v>0.4228475570050317</v>
+        <v>0.4228475570050334</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B173" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>23.51</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -9492,51 +9492,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I173" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J173" t="n">
         <v>0</v>
       </c>
       <c r="K173" t="n">
         <v>382</v>
       </c>
       <c r="L173" t="n">
-        <v>2.681803253102824</v>
+        <v>2.681803253102825</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B174" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>14.12</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -9546,51 +9546,51 @@
           <t>55.7</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I174" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J174" t="n">
         <v>0</v>
       </c>
       <c r="K174" t="n">
         <v>473</v>
       </c>
       <c r="L174" t="n">
-        <v>5.160934402458187</v>
+        <v>5.160934402458186</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B175" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>17.95</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -9600,51 +9600,51 @@
           <t>51.3</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I175" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J175" t="n">
         <v>0</v>
       </c>
       <c r="K175" t="n">
         <v>306</v>
       </c>
       <c r="L175" t="n">
-        <v>3.064276456836187</v>
+        <v>3.064276456836188</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B176" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>19.69</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -9654,51 +9654,51 @@
           <t>65.1</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I176" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J176" t="n">
         <v>0</v>
       </c>
       <c r="K176" t="n">
         <v>479</v>
       </c>
       <c r="L176" t="n">
-        <v>4.573438749259067</v>
+        <v>4.573438749259066</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B177" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>129.60</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>3.2</t>
         </is>
@@ -9762,51 +9762,51 @@
           <t>53.2</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I178" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J178" t="n">
         <v>0</v>
       </c>
       <c r="K178" t="n">
         <v>662</v>
       </c>
       <c r="L178" t="n">
-        <v>3.690212294614579</v>
+        <v>3.690212294614573</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B179" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>227.97</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>5.6</t>
         </is>
@@ -9924,51 +9924,51 @@
           <t>62.7</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I181" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J181" t="n">
         <v>0</v>
       </c>
       <c r="K181" t="n">
         <v>173</v>
       </c>
       <c r="L181" t="n">
-        <v>1.135628457951032</v>
+        <v>1.135628457951031</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B182" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>18.47</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10226,51 +10226,51 @@
           <t>33.1</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I191" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J191" t="n">
         <v>1</v>
       </c>
       <c r="K191" t="n">
         <v>746</v>
       </c>
       <c r="L191" t="n">
-        <v>4.338196537986586</v>
+        <v>4.338196537986584</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B192" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>48.62</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -10280,51 +10280,51 @@
           <t>29.8</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H192" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I192" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J192" t="n">
         <v>1</v>
       </c>
       <c r="K192" t="n">
         <v>910</v>
       </c>
       <c r="L192" t="n">
-        <v>1.674945981595057</v>
+        <v>1.674945981595056</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B193" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>814.43</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>20.3</t>
         </is>
@@ -10334,51 +10334,51 @@
           <t>32.2</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I193" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J193" t="n">
         <v>1</v>
       </c>
       <c r="K193" t="n">
         <v>2280</v>
       </c>
       <c r="L193" t="n">
-        <v>0.6559873792474263</v>
+        <v>0.6559873792474272</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B194" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>100.47</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>2.5</t>
         </is>
@@ -10442,51 +10442,51 @@
           <t>31.2</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J195" t="n">
         <v>1</v>
       </c>
       <c r="K195" t="n">
         <v>4836</v>
       </c>
       <c r="L195" t="n">
-        <v>0.4141725411207579</v>
+        <v>0.4141725411207565</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B196" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>21.91</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10496,51 +10496,51 @@
           <t>52.3</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>3.7</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I196" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J196" t="n">
         <v>0</v>
       </c>
       <c r="K196" t="n">
         <v>368</v>
       </c>
       <c r="L196" t="n">
-        <v>2.725813578931145</v>
+        <v>2.725813578931146</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B197" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>17.16</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -10550,51 +10550,51 @@
           <t>49.8</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I197" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J197" t="n">
         <v>0</v>
       </c>
       <c r="K197" t="n">
         <v>472</v>
       </c>
       <c r="L197" t="n">
-        <v>5.435566452314042</v>
+        <v>5.43556645231404</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B198" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>17.02</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -10604,51 +10604,51 @@
           <t>43.8</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I198" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J198" t="n">
         <v>0</v>
       </c>
       <c r="K198" t="n">
         <v>297</v>
       </c>
       <c r="L198" t="n">
-        <v>3.242043113687186</v>
+        <v>3.242043113687187</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B199" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>20.16</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10658,51 +10658,51 @@
           <t>64.9</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>2.6</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I199" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J199" t="n">
         <v>0</v>
       </c>
       <c r="K199" t="n">
         <v>346</v>
       </c>
       <c r="L199" t="n">
-        <v>5.405161466463904</v>
+        <v>5.405161466463902</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B200" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>122.38</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
@@ -10712,51 +10712,51 @@
           <t>39.3</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I200" t="inlineStr">
         <is>
           <t>7.2</t>
         </is>
       </c>
       <c r="J200" t="n">
         <v>0</v>
       </c>
       <c r="K200" t="n">
         <v>1021</v>
       </c>
       <c r="L200" t="n">
-        <v>1.603854904630756</v>
+        <v>1.603854904630754</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B201" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>52.60</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -10928,51 +10928,51 @@
           <t>63.2</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I204" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J204" t="n">
         <v>0</v>
       </c>
       <c r="K204" t="n">
         <v>195</v>
       </c>
       <c r="L204" t="n">
-        <v>1.160384356339787</v>
+        <v>1.160384356339786</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B205" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>19.03</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10982,51 +10982,51 @@
           <t>40.3</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I205" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J205" t="n">
         <v>0</v>
       </c>
       <c r="K205" t="n">
         <v>189</v>
       </c>
       <c r="L205" t="n">
-        <v>2.320798126470673</v>
+        <v>2.320798126470674</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B206" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>5.67</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -11230,51 +11230,51 @@
           <t>32.3</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I214" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J214" t="n">
         <v>1</v>
       </c>
       <c r="K214" t="n">
         <v>938</v>
       </c>
       <c r="L214" t="n">
-        <v>4.159004713200966</v>
+        <v>4.159004713200967</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B215" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>51.42</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -11284,51 +11284,51 @@
           <t>29.9</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I215" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J215" t="n">
         <v>1</v>
       </c>
       <c r="K215" t="n">
         <v>970</v>
       </c>
       <c r="L215" t="n">
-        <v>1.624696727074636</v>
+        <v>1.624696727074634</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B216" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>813.22</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <t>20.9</t>
         </is>
@@ -11338,51 +11338,51 @@
           <t>33.3</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I216" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J216" t="n">
         <v>1</v>
       </c>
       <c r="K216" t="n">
         <v>2254</v>
       </c>
       <c r="L216" t="n">
-        <v>0.6296858954706783</v>
+        <v>0.6296858954706797</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B217" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>95.90</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>2.5</t>
         </is>
@@ -11392,51 +11392,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I217" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J217" t="n">
         <v>1</v>
       </c>
       <c r="K217" t="n">
         <v>919</v>
       </c>
       <c r="L217" t="n">
-        <v>1.816352345348094</v>
+        <v>1.816352345348096</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B218" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>1672.89</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>43.0</t>
         </is>
@@ -11446,51 +11446,51 @@
           <t>28.3</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J218" t="n">
         <v>1</v>
       </c>
       <c r="K218" t="n">
         <v>4931</v>
       </c>
       <c r="L218" t="n">
-        <v>0.4206221525006151</v>
+        <v>0.4206221525006156</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B219" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>24.35</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -11554,51 +11554,51 @@
           <t>51.8</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I220" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J220" t="n">
         <v>0</v>
       </c>
       <c r="K220" t="n">
         <v>589</v>
       </c>
       <c r="L220" t="n">
-        <v>4.722015949889114</v>
+        <v>4.722015949889115</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B221" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>19.81</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -11608,51 +11608,51 @@
           <t>49.1</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I221" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J221" t="n">
         <v>0</v>
       </c>
       <c r="K221" t="n">
         <v>380</v>
       </c>
       <c r="L221" t="n">
-        <v>2.922892848999266</v>
+        <v>2.922892848999265</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B222" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>19.66</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -11662,51 +11662,51 @@
           <t>65.8</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I222" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J222" t="n">
         <v>0</v>
       </c>
       <c r="K222" t="n">
         <v>577</v>
       </c>
       <c r="L222" t="n">
-        <v>5.745700926610332</v>
+        <v>5.74570092661033</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B223" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>134.33</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>3.5</t>
         </is>
@@ -11716,51 +11716,51 @@
           <t>39.6</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I223" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="J223" t="n">
         <v>0</v>
       </c>
       <c r="K223" t="n">
         <v>1068</v>
       </c>
       <c r="L223" t="n">
-        <v>1.691900797762903</v>
+        <v>1.691900797762904</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B224" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>53.72</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -11770,51 +11770,51 @@
           <t>51.1</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I224" t="inlineStr">
         <is>
           <t>14.9</t>
         </is>
       </c>
       <c r="J224" t="n">
         <v>0</v>
       </c>
       <c r="K224" t="n">
         <v>741</v>
       </c>
       <c r="L224" t="n">
-        <v>3.212435097498484</v>
+        <v>3.212435097498485</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B225" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>230.65</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
@@ -11824,51 +11824,51 @@
           <t>40.7</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I225" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J225" t="n">
         <v>0</v>
       </c>
       <c r="K225" t="n">
         <v>1499</v>
       </c>
       <c r="L225" t="n">
-        <v>3.199524225685237</v>
+        <v>3.199524225685238</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B226" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>2.43</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -11878,51 +11878,51 @@
           <t>96.4</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I226" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J226" t="n">
         <v>0</v>
       </c>
       <c r="K226" t="n">
         <v>65</v>
       </c>
       <c r="L226" t="n">
-        <v>1.38685741998379</v>
+        <v>1.386857419983789</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B227" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>13.92</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -12342,51 +12342,51 @@
           <t>32.8</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I239" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J239" t="n">
         <v>1</v>
       </c>
       <c r="K239" t="n">
         <v>2218</v>
       </c>
       <c r="L239" t="n">
-        <v>0.6340235008695082</v>
+        <v>0.6340235008695096</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B240" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>92.09</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -12396,51 +12396,51 @@
           <t>47.7</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I240" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J240" t="n">
         <v>1</v>
       </c>
       <c r="K240" t="n">
         <v>813</v>
       </c>
       <c r="L240" t="n">
-        <v>0.6749207619281146</v>
+        <v>0.6749207619281143</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B241" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>1686.42</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <t>42.5</t>
         </is>
@@ -12450,51 +12450,51 @@
           <t>29.4</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J241" t="n">
         <v>1</v>
       </c>
       <c r="K241" t="n">
         <v>5069</v>
       </c>
       <c r="L241" t="n">
-        <v>0.4300210984023738</v>
+        <v>0.4300210984023723</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B242" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -12558,51 +12558,51 @@
           <t>53.1</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I243" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J243" t="n">
         <v>0</v>
       </c>
       <c r="K243" t="n">
         <v>540</v>
       </c>
       <c r="L243" t="n">
-        <v>4.895781369780864</v>
+        <v>4.895781369780861</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B244" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>20.53</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -12612,51 +12612,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I244" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J244" t="n">
         <v>0</v>
       </c>
       <c r="K244" t="n">
         <v>332</v>
       </c>
       <c r="L244" t="n">
-        <v>3.189987060782907</v>
+        <v>3.189987060782908</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B245" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>20.23</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -12720,51 +12720,51 @@
           <t>38.1</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H246" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I246" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="J246" t="n">
         <v>0</v>
       </c>
       <c r="K246" t="n">
         <v>1053</v>
       </c>
       <c r="L246" t="n">
-        <v>1.635877699546826</v>
+        <v>1.635877699546828</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B247" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>57.71</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
@@ -12774,51 +12774,51 @@
           <t>52.0</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I247" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J247" t="n">
         <v>0</v>
       </c>
       <c r="K247" t="n">
         <v>724</v>
       </c>
       <c r="L247" t="n">
-        <v>3.688304313611074</v>
+        <v>3.688304313611076</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B248" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>267.05</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
@@ -12828,51 +12828,51 @@
           <t>42.4</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I248" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J248" t="n">
         <v>0</v>
       </c>
       <c r="K248" t="n">
         <v>1614</v>
       </c>
       <c r="L248" t="n">
-        <v>3.201282972029526</v>
+        <v>3.201282972029525</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B249" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <t>2.12</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -13238,51 +13238,51 @@
           <t>31.6</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I260" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J260" t="n">
         <v>1</v>
       </c>
       <c r="K260" t="n">
         <v>818</v>
       </c>
       <c r="L260" t="n">
-        <v>4.716051962039043</v>
+        <v>4.716051962039045</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B261" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
           <t>51.37</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -13292,51 +13292,51 @@
           <t>31.8</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I261" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J261" t="n">
         <v>1</v>
       </c>
       <c r="K261" t="n">
         <v>899</v>
       </c>
       <c r="L261" t="n">
-        <v>1.731293952545149</v>
+        <v>1.731293952545148</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B262" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>815.97</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
           <t>19.9</t>
         </is>
@@ -13400,51 +13400,51 @@
           <t>47.8</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I263" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J263" t="n">
         <v>1</v>
       </c>
       <c r="K263" t="n">
         <v>828</v>
       </c>
       <c r="L263" t="n">
-        <v>0.7098178364459182</v>
+        <v>0.7098178364459183</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B264" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>1710.51</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
           <t>41.8</t>
         </is>
@@ -13454,51 +13454,51 @@
           <t>29.5</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J264" t="n">
         <v>1</v>
       </c>
       <c r="K264" t="n">
         <v>4782</v>
       </c>
       <c r="L264" t="n">
-        <v>0.4321891100064359</v>
+        <v>0.4321891100064366</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B265" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>23.97</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -13562,51 +13562,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I266" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J266" t="n">
         <v>0</v>
       </c>
       <c r="K266" t="n">
         <v>512</v>
       </c>
       <c r="L266" t="n">
-        <v>5.001640882230225</v>
+        <v>5.001640882230223</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B267" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>19.22</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -13616,51 +13616,51 @@
           <t>45.0</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I267" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J267" t="n">
         <v>0</v>
       </c>
       <c r="K267" t="n">
         <v>325</v>
       </c>
       <c r="L267" t="n">
-        <v>3.090592828460304</v>
+        <v>3.090592828460302</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B268" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>20.50</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -13670,51 +13670,51 @@
           <t>66.7</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I268" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J268" t="n">
         <v>0</v>
       </c>
       <c r="K268" t="n">
         <v>568</v>
       </c>
       <c r="L268" t="n">
-        <v>4.552958269695513</v>
+        <v>4.552958269695512</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B269" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>148.36</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
           <t>3.6</t>
         </is>
@@ -13832,51 +13832,51 @@
           <t>41.6</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I271" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J271" t="n">
         <v>0</v>
       </c>
       <c r="K271" t="n">
         <v>1661</v>
       </c>
       <c r="L271" t="n">
-        <v>3.258859635931454</v>
+        <v>3.258859635931457</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B272" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>2.66</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -14242,51 +14242,51 @@
           <t>34.3</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I283" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J283" t="n">
         <v>1</v>
       </c>
       <c r="K283" t="n">
         <v>785</v>
       </c>
       <c r="L283" t="n">
-        <v>4.655016888079706</v>
+        <v>4.655016888079707</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B284" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C284" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>50.50</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -14296,51 +14296,51 @@
           <t>33.1</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I284" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J284" t="n">
         <v>1</v>
       </c>
       <c r="K284" t="n">
         <v>1006</v>
       </c>
       <c r="L284" t="n">
-        <v>1.627790808506839</v>
+        <v>1.62779080850684</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B285" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>789.20</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
           <t>19.0</t>
         </is>
@@ -14350,51 +14350,51 @@
           <t>32.7</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I285" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J285" t="n">
         <v>1</v>
       </c>
       <c r="K285" t="n">
         <v>2032</v>
       </c>
       <c r="L285" t="n">
-        <v>0.6674167801441226</v>
+        <v>0.6674167801441161</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B286" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C286" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>95.45</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -14404,51 +14404,51 @@
           <t>47.3</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I286" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J286" t="n">
         <v>1</v>
       </c>
       <c r="K286" t="n">
         <v>778</v>
       </c>
       <c r="L286" t="n">
-        <v>1.032479238472219</v>
+        <v>1.03247923847222</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B287" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>1757.03</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>42.3</t>
         </is>
@@ -14458,51 +14458,51 @@
           <t>30.6</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J287" t="n">
         <v>1</v>
       </c>
       <c r="K287" t="n">
         <v>5046</v>
       </c>
       <c r="L287" t="n">
-        <v>0.4381620526683327</v>
+        <v>0.4381620526683314</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B288" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>26.26</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -14674,51 +14674,51 @@
           <t>64.5</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I291" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J291" t="n">
         <v>0</v>
       </c>
       <c r="K291" t="n">
         <v>532</v>
       </c>
       <c r="L291" t="n">
-        <v>4.500897659036666</v>
+        <v>4.500897659036667</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B292" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>138.87</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -14782,51 +14782,51 @@
           <t>50.9</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I293" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J293" t="n">
         <v>0</v>
       </c>
       <c r="K293" t="n">
         <v>638</v>
       </c>
       <c r="L293" t="n">
-        <v>3.757514404615962</v>
+        <v>3.757514404615963</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B294" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C294" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>274.59</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
@@ -14836,51 +14836,51 @@
           <t>42.1</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I294" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J294" t="n">
         <v>0</v>
       </c>
       <c r="K294" t="n">
         <v>1566</v>
       </c>
       <c r="L294" t="n">
-        <v>3.309802431608198</v>
+        <v>3.309802431608195</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B295" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C295" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>2.51</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -14944,51 +14944,51 @@
           <t>63.7</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I296" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J296" t="n">
         <v>0</v>
       </c>
       <c r="K296" t="n">
         <v>176</v>
       </c>
       <c r="L296" t="n">
-        <v>1.146932310412353</v>
+        <v>1.146932310412354</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B297" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C297" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>17.82</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -15246,51 +15246,51 @@
           <t>32.3</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H306" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I306" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J306" t="n">
         <v>1</v>
       </c>
       <c r="K306" t="n">
         <v>792</v>
       </c>
       <c r="L306" t="n">
-        <v>4.494748971825399</v>
+        <v>4.494748971825398</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B307" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>54.41</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -15354,51 +15354,51 @@
           <t>33.7</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H308" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I308" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J308" t="n">
         <v>1</v>
       </c>
       <c r="K308" t="n">
         <v>2147</v>
       </c>
       <c r="L308" t="n">
-        <v>0.6253448350337828</v>
+        <v>0.6253448350337834</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B309" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>96.31</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -15408,51 +15408,51 @@
           <t>47.2</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H309" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I309" t="inlineStr">
         <is>
           <t>2.1</t>
         </is>
       </c>
       <c r="J309" t="n">
         <v>1</v>
       </c>
       <c r="K309" t="n">
         <v>890</v>
       </c>
       <c r="L309" t="n">
-        <v>0.7053644457461749</v>
+        <v>0.705364445746175</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B310" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C310" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>1748.01</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
           <t>42.1</t>
         </is>
@@ -15462,51 +15462,51 @@
           <t>29.7</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H310" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I310" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J310" t="n">
         <v>1</v>
       </c>
       <c r="K310" t="n">
         <v>5080</v>
       </c>
       <c r="L310" t="n">
-        <v>0.4337951379805857</v>
+        <v>0.4337951379805864</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B311" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C311" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>26.13</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -15516,51 +15516,51 @@
           <t>45.9</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H311" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I311" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J311" t="n">
         <v>0</v>
       </c>
       <c r="K311" t="n">
         <v>406</v>
       </c>
       <c r="L311" t="n">
-        <v>2.62916053438321</v>
+        <v>2.629160534383209</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B312" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>17.22</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -15624,51 +15624,51 @@
           <t>47.4</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H313" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I313" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J313" t="n">
         <v>0</v>
       </c>
       <c r="K313" t="n">
         <v>341</v>
       </c>
       <c r="L313" t="n">
-        <v>2.868713985936164</v>
+        <v>2.868713985936165</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B314" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C314" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>18.13</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -15732,51 +15732,51 @@
           <t>40.5</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H315" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I315" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="J315" t="n">
         <v>0</v>
       </c>
       <c r="K315" t="n">
         <v>997</v>
       </c>
       <c r="L315" t="n">
-        <v>1.600219417322534</v>
+        <v>1.600219417322535</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B316" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>57.80</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -15786,51 +15786,51 @@
           <t>50.8</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H316" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I316" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J316" t="n">
         <v>0</v>
       </c>
       <c r="K316" t="n">
         <v>626</v>
       </c>
       <c r="L316" t="n">
-        <v>3.412849550041026</v>
+        <v>3.412849550041024</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B317" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>267.77</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
@@ -15840,51 +15840,51 @@
           <t>41.0</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H317" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I317" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J317" t="n">
         <v>0</v>
       </c>
       <c r="K317" t="n">
         <v>1612</v>
       </c>
       <c r="L317" t="n">
-        <v>3.24776748749527</v>
+        <v>3.247767487495273</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B318" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C318" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
           <t>2.44</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -15894,51 +15894,51 @@
           <t>93.2</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
       <c r="H318" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I318" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J318" t="n">
         <v>0</v>
       </c>
       <c r="K318" t="n">
         <v>63</v>
       </c>
       <c r="L318" t="n">
-        <v>1.536123896185138</v>
+        <v>1.536123896185137</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B319" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C319" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>11.63</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -16196,81 +16196,1085 @@
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>16455.00</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B328" s="34" t="n">
         <v>25</v>
       </c>
       <c r="C328" t="inlineStr">
         <is>
           <t>Number of Repos</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>8915.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B329" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C329" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D329" t="inlineStr">
+        <is>
+          <t>108.56</t>
+        </is>
+      </c>
+      <c r="E329" t="inlineStr">
+        <is>
+          <t>2.6</t>
+        </is>
+      </c>
+      <c r="F329" t="inlineStr">
+        <is>
+          <t>31.0</t>
+        </is>
+      </c>
+      <c r="G329" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H329" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I329" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J329" t="n">
+        <v>1</v>
+      </c>
+      <c r="K329" t="n">
+        <v>818</v>
+      </c>
+      <c r="L329" t="n">
+        <v>4.406759249406682</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B330" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C330" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D330" t="inlineStr">
+        <is>
+          <t>51.45</t>
+        </is>
+      </c>
+      <c r="E330" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F330" t="inlineStr">
+        <is>
+          <t>32.0</t>
+        </is>
+      </c>
+      <c r="G330" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H330" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I330" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J330" t="n">
+        <v>1</v>
+      </c>
+      <c r="K330" t="n">
+        <v>989</v>
+      </c>
+      <c r="L330" t="n">
+        <v>1.922707091107384</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B331" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C331" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D331" t="inlineStr">
+        <is>
+          <t>846.62</t>
+        </is>
+      </c>
+      <c r="E331" t="inlineStr">
+        <is>
+          <t>20.1</t>
+        </is>
+      </c>
+      <c r="F331" t="inlineStr">
+        <is>
+          <t>32.7</t>
+        </is>
+      </c>
+      <c r="G331" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H331" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I331" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J331" t="n">
+        <v>1</v>
+      </c>
+      <c r="K331" t="n">
+        <v>2217</v>
+      </c>
+      <c r="L331" t="n">
+        <v>0.6645847051296803</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B332" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D332" t="inlineStr">
+        <is>
+          <t>91.73</t>
+        </is>
+      </c>
+      <c r="E332" t="inlineStr">
+        <is>
+          <t>2.2</t>
+        </is>
+      </c>
+      <c r="F332" t="inlineStr">
+        <is>
+          <t>49.4</t>
+        </is>
+      </c>
+      <c r="G332" t="inlineStr">
+        <is>
+          <t>1.0</t>
+        </is>
+      </c>
+      <c r="H332" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I332" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J332" t="n">
+        <v>1</v>
+      </c>
+      <c r="K332" t="n">
+        <v>923</v>
+      </c>
+      <c r="L332" t="n">
+        <v>0.6598703184817322</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B333" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr">
+        <is>
+          <t>1757.07</t>
+        </is>
+      </c>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>41.7</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>30.8</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H333" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I333" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J333" t="n">
+        <v>1</v>
+      </c>
+      <c r="K333" t="n">
+        <v>5054</v>
+      </c>
+      <c r="L333" t="n">
+        <v>0.4291142657318286</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B334" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C334" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D334" t="inlineStr">
+        <is>
+          <t>23.97</t>
+        </is>
+      </c>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
+          <t>44.4</t>
+        </is>
+      </c>
+      <c r="G334" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H334" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I334" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J334" t="n">
+        <v>0</v>
+      </c>
+      <c r="K334" t="n">
+        <v>407</v>
+      </c>
+      <c r="L334" t="n">
+        <v>2.694294691444734</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B335" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C335" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D335" t="inlineStr">
+        <is>
+          <t>15.91</t>
+        </is>
+      </c>
+      <c r="E335" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F335" t="inlineStr">
+        <is>
+          <t>54.0</t>
+        </is>
+      </c>
+      <c r="G335" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H335" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I335" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J335" t="n">
+        <v>0</v>
+      </c>
+      <c r="K335" t="n">
+        <v>528</v>
+      </c>
+      <c r="L335" t="n">
+        <v>4.526426952127985</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B336" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C336" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D336" t="inlineStr">
+        <is>
+          <t>16.96</t>
+        </is>
+      </c>
+      <c r="E336" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F336" t="inlineStr">
+        <is>
+          <t>44.2</t>
+        </is>
+      </c>
+      <c r="G336" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H336" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I336" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J336" t="n">
+        <v>0</v>
+      </c>
+      <c r="K336" t="n">
+        <v>350</v>
+      </c>
+      <c r="L336" t="n">
+        <v>2.899550927668865</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B337" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C337" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D337" t="inlineStr">
+        <is>
+          <t>17.05</t>
+        </is>
+      </c>
+      <c r="E337" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F337" t="inlineStr">
+        <is>
+          <t>60.6</t>
+        </is>
+      </c>
+      <c r="G337" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="H337" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I337" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J337" t="n">
+        <v>0</v>
+      </c>
+      <c r="K337" t="n">
+        <v>542</v>
+      </c>
+      <c r="L337" t="n">
+        <v>4.271586827508933</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B338" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C338" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D338" t="inlineStr">
+        <is>
+          <t>139.59</t>
+        </is>
+      </c>
+      <c r="E338" t="inlineStr">
+        <is>
+          <t>3.3</t>
+        </is>
+      </c>
+      <c r="F338" t="inlineStr">
+        <is>
+          <t>39.1</t>
+        </is>
+      </c>
+      <c r="G338" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H338" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I338" t="inlineStr">
+        <is>
+          <t>7.8</t>
+        </is>
+      </c>
+      <c r="J338" t="n">
+        <v>0</v>
+      </c>
+      <c r="K338" t="n">
+        <v>1098</v>
+      </c>
+      <c r="L338" t="n">
+        <v>1.67562697313733</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B339" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C339" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D339" t="inlineStr">
+        <is>
+          <t>61.24</t>
+        </is>
+      </c>
+      <c r="E339" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="F339" t="inlineStr">
+        <is>
+          <t>50.8</t>
+        </is>
+      </c>
+      <c r="G339" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H339" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I339" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J339" t="n">
+        <v>0</v>
+      </c>
+      <c r="K339" t="n">
+        <v>662</v>
+      </c>
+      <c r="L339" t="n">
+        <v>3.442410374873173</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B340" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C340" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D340" t="inlineStr">
+        <is>
+          <t>290.19</t>
+        </is>
+      </c>
+      <c r="E340" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="F340" t="inlineStr">
+        <is>
+          <t>43.0</t>
+        </is>
+      </c>
+      <c r="G340" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H340" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I340" t="inlineStr">
+        <is>
+          <t>12.3</t>
+        </is>
+      </c>
+      <c r="J340" t="n">
+        <v>0</v>
+      </c>
+      <c r="K340" t="n">
+        <v>1702</v>
+      </c>
+      <c r="L340" t="n">
+        <v>3.285067790308132</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B341" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C341" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D341" t="inlineStr">
+        <is>
+          <t>2.13</t>
+        </is>
+      </c>
+      <c r="E341" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F341" t="inlineStr">
+        <is>
+          <t>95.8</t>
+        </is>
+      </c>
+      <c r="G341" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H341" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I341" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J341" t="n">
+        <v>0</v>
+      </c>
+      <c r="K341" t="n">
+        <v>54</v>
+      </c>
+      <c r="L341" t="n">
+        <v>1.513854887667591</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B342" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C342" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D342" t="inlineStr">
+        <is>
+          <t>13.33</t>
+        </is>
+      </c>
+      <c r="E342" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F342" t="inlineStr">
+        <is>
+          <t>56.8</t>
+        </is>
+      </c>
+      <c r="G342" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H342" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I342" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J342" t="n">
+        <v>0</v>
+      </c>
+      <c r="K342" t="n">
+        <v>196</v>
+      </c>
+      <c r="L342" t="n">
+        <v>1.149729227057655</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B343" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C343" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D343" t="inlineStr">
+        <is>
+          <t>15.63</t>
+        </is>
+      </c>
+      <c r="E343" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F343" t="inlineStr">
+        <is>
+          <t>44.8</t>
+        </is>
+      </c>
+      <c r="G343" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H343" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I343" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J343" t="n">
+        <v>0</v>
+      </c>
+      <c r="K343" t="n">
+        <v>206</v>
+      </c>
+      <c r="L343" t="n">
+        <v>2.2504095022049</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B344" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C344" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D344" t="inlineStr">
+        <is>
+          <t>6.97</t>
+        </is>
+      </c>
+      <c r="E344" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="J344" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B345" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C345" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D345" t="inlineStr">
+        <is>
+          <t>2855.43</t>
+        </is>
+      </c>
+      <c r="E345" t="inlineStr">
+        <is>
+          <t>67.8</t>
+        </is>
+      </c>
+      <c r="J345" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B346" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C346" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D346" t="inlineStr">
+        <is>
+          <t>602.97</t>
+        </is>
+      </c>
+      <c r="E346" t="inlineStr">
+        <is>
+          <t>14.3</t>
+        </is>
+      </c>
+      <c r="J346" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B347" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C347" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D347" t="inlineStr">
+        <is>
+          <t>4211.51</t>
+        </is>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B348" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C348" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D348" t="inlineStr">
+        <is>
+          <t>751.56</t>
+        </is>
+      </c>
+      <c r="E348" t="inlineStr">
+        <is>
+          <t>17.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B349" s="34" t="n">
+        <v>23</v>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D349" t="inlineStr">
+        <is>
+          <t>1.55</t>
+        </is>
+      </c>
+      <c r="E349" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B350" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C350" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D350" t="inlineStr">
+        <is>
+          <t>16883.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B351" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C351" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D351" t="inlineStr">
+        <is>
+          <t>8953.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K48"/>
+  <dimension ref="A2:K51"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -16979,81 +17983,132 @@
       <c r="B47" t="inlineStr">
         <is>
           <t>Net Cash Borrowed</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>293.90</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Net Securities Delivered</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>394.90</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>746.90</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>299.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>373.40</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K48"/>
+  <dimension ref="A2:K51"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L34" sqref="L34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -18407,81 +19462,177 @@
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>83.80</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>21.1</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>135.00</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>34.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>5.00</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>338.80</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>82.5</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>238.40</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>70.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>66.80</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>16.3</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>97.90</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>29.1</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K132"/>
+  <dimension ref="A2:K141"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -22523,81 +23674,369 @@
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Treasury (less than 30 Yrs.)</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>81.80</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>20.6</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>135.00</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>34.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>5.00</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>312.90</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>76.2</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>201.20</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>59.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>FNMA &amp; FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>4.80</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>21.10</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>36.70</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>10.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>64.80</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>15.8</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>97.90</t>
+        </is>
+      </c>
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>29.1</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K48"/>
+  <dimension ref="A2:K51"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -23951,50 +25390,146 @@
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>1844.32</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>65.7</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>218.80</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>27.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>51.45</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>1.8</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>5.00</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>0.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>955.18</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>33.5</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>577.20</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>77.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>20260210</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>1848.80</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>64.7</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>164.70</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>22.1</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>