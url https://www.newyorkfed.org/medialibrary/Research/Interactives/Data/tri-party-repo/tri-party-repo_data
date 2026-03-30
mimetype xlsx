--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,52 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" Id="rId4"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="2700" yWindow="2670" windowWidth="21600" windowHeight="11175" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Cover Sheet" sheetId="1" state="visible" r:id="rId1"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="volume_haircut_concentration" sheetId="2" state="visible" r:id="rId2"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="gcf_repo_total" sheetId="3" state="visible" r:id="rId3"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="gcf_repo_asset_classes" sheetId="4" state="visible" r:id="rId4"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="gcf_repo_gcf_cusips" sheetId="5" state="visible" r:id="rId5"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="triparty_gcf" sheetId="6" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
@@ -2025,82 +2026,82 @@
     <row r="609" customFormat="1" s="23"/>
     <row r="610" customFormat="1" s="23"/>
     <row r="611" customFormat="1" s="23"/>
     <row r="612" customFormat="1" s="23"/>
     <row r="613" customFormat="1" s="23"/>
     <row r="614" customFormat="1" s="23"/>
     <row r="615" customFormat="1" s="23"/>
     <row r="616" customFormat="1" s="23"/>
     <row r="617" customFormat="1" s="23"/>
     <row r="618" customFormat="1" s="23"/>
     <row r="619" customFormat="1" s="23"/>
     <row r="620" customFormat="1" s="23"/>
     <row r="621" customFormat="1" s="23"/>
     <row r="622" customFormat="1" s="23"/>
     <row r="623" customFormat="1" s="23"/>
     <row r="624" customFormat="1" s="23"/>
     <row r="625" customFormat="1" s="23"/>
     <row r="626" customFormat="1" s="23"/>
     <row r="627" customFormat="1" s="23"/>
     <row r="628" customFormat="1" s="23"/>
     <row r="629" customFormat="1" s="23"/>
     <row r="630" customFormat="1" s="23"/>
     <row r="631" ht="14.25" customFormat="1" customHeight="1" s="23"/>
   </sheetData>
   <mergeCells count="4">
+    <mergeCell ref="D11:O11"/>
     <mergeCell ref="D12:M12"/>
     <mergeCell ref="D2:K3"/>
-    <mergeCell ref="D11:O11"/>
     <mergeCell ref="D7:N7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D7" r:id="rId2"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D15" r:id="rId3"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D16" display="For any questions, please contact New York Fed Research Publications." r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:L351"/>
+  <dimension ref="A2:L374"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="13.7" customFormat="1" customHeight="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6" ht="15.75" customHeight="1">
@@ -2194,51 +2195,51 @@
           <t>38.4</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J7" t="n">
         <v>1</v>
       </c>
       <c r="K7" t="n">
         <v>732</v>
       </c>
       <c r="L7" t="n">
-        <v>4.625026742507234</v>
+        <v>4.625026742507236</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B8" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>34.99</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
@@ -2248,51 +2249,51 @@
           <t>26.6</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J8" t="n">
         <v>1</v>
       </c>
       <c r="K8" t="n">
         <v>900</v>
       </c>
       <c r="L8" t="n">
-        <v>1.769612881709843</v>
+        <v>1.769612881709842</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B9" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C9" s="9" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>683.03</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>19.9</t>
         </is>
@@ -2302,51 +2303,51 @@
           <t>27.3</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J9" t="n">
         <v>1</v>
       </c>
       <c r="K9" t="n">
         <v>2105</v>
       </c>
       <c r="L9" t="n">
-        <v>0.6498878687118227</v>
+        <v>0.6498878687118221</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B10" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C10" s="9" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>94.44</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>2.7</t>
         </is>
@@ -2356,51 +2357,51 @@
           <t>45.7</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>2.4</t>
         </is>
       </c>
       <c r="J10" t="n">
         <v>1</v>
       </c>
       <c r="K10" t="n">
         <v>931</v>
       </c>
       <c r="L10" t="n">
-        <v>0.6756274861534349</v>
+        <v>0.6756274861534356</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B11" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C11" s="9" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>1512.44</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>44.0</t>
         </is>
@@ -2410,51 +2411,51 @@
           <t>28.3</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J11" t="n">
         <v>1</v>
       </c>
       <c r="K11" t="n">
         <v>4945</v>
       </c>
       <c r="L11" t="n">
-        <v>0.4395577568936705</v>
+        <v>0.4395577568936702</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B12" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C12" s="9" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>20.28</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -2518,51 +2519,51 @@
           <t>47.9</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J13" t="n">
         <v>0</v>
       </c>
       <c r="K13" t="n">
         <v>379</v>
       </c>
       <c r="L13" t="n">
-        <v>5.459924280383594</v>
+        <v>5.459924280383593</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B14" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C14" s="9" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>15.61</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -2626,51 +2627,51 @@
           <t>68.6</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J15" t="n">
         <v>0</v>
       </c>
       <c r="K15" t="n">
         <v>433</v>
       </c>
       <c r="L15" t="n">
-        <v>4.6828618787867</v>
+        <v>4.682861878786701</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B16" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C16" s="9" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>112.12</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -2788,51 +2789,51 @@
           <t>42.6</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
           <t>11.1</t>
         </is>
       </c>
       <c r="J18" t="n">
         <v>0</v>
       </c>
       <c r="K18" t="n">
         <v>1460</v>
       </c>
       <c r="L18" t="n">
-        <v>2.839091231081289</v>
+        <v>2.839091231081286</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B19" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C19" s="9" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>0.13</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -3252,51 +3253,51 @@
           <t>30.8</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I31" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J31" t="n">
         <v>1</v>
       </c>
       <c r="K31" t="n">
         <v>848</v>
       </c>
       <c r="L31" t="n">
-        <v>1.804244158899916</v>
+        <v>1.804244158899914</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B32" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>685.84</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>20.1</t>
         </is>
@@ -3306,51 +3307,51 @@
           <t>30.3</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I32" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J32" t="n">
         <v>1</v>
       </c>
       <c r="K32" t="n">
         <v>1972</v>
       </c>
       <c r="L32" t="n">
-        <v>0.6153547472978694</v>
+        <v>0.615354747297869</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B33" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>84.90</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>2.5</t>
         </is>
@@ -3360,51 +3361,51 @@
           <t>50.6</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J33" t="n">
         <v>1</v>
       </c>
       <c r="K33" t="n">
         <v>786</v>
       </c>
       <c r="L33" t="n">
-        <v>0.782774605226243</v>
+        <v>0.7827746052262426</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B34" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>1510.08</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>44.2</t>
         </is>
@@ -3414,51 +3415,51 @@
           <t>29.1</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J34" t="n">
         <v>1</v>
       </c>
       <c r="K34" t="n">
         <v>4675</v>
       </c>
       <c r="L34" t="n">
-        <v>0.4431582059542618</v>
+        <v>0.4431582059542619</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B35" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>19.31</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -3468,51 +3469,51 @@
           <t>44.2</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I35" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J35" t="n">
         <v>0</v>
       </c>
       <c r="K35" t="n">
         <v>362</v>
       </c>
       <c r="L35" t="n">
-        <v>2.82489400136247</v>
+        <v>2.824894001362469</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B36" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>15.54</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -3522,51 +3523,51 @@
           <t>53.7</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I36" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J36" t="n">
         <v>0</v>
       </c>
       <c r="K36" t="n">
         <v>391</v>
       </c>
       <c r="L36" t="n">
-        <v>5.373118204321224</v>
+        <v>5.373118204321226</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B37" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>16.34</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -3684,51 +3685,51 @@
           <t>34.6</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I39" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J39" t="n">
         <v>0</v>
       </c>
       <c r="K39" t="n">
         <v>924</v>
       </c>
       <c r="L39" t="n">
-        <v>1.857335634656793</v>
+        <v>1.857335634656794</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B40" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>51.54</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
@@ -3954,51 +3955,51 @@
           <t>45.6</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J44" t="n">
         <v>0</v>
       </c>
       <c r="K44" t="n">
         <v>187</v>
       </c>
       <c r="L44" t="n">
-        <v>2.472235226081985</v>
+        <v>2.472235226081986</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B45" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>4.55</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -4202,51 +4203,51 @@
           <t>39.6</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J53" t="n">
         <v>1</v>
       </c>
       <c r="K53" t="n">
         <v>755</v>
       </c>
       <c r="L53" t="n">
-        <v>4.559625883612503</v>
+        <v>4.559625883612504</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B54" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>42.24</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -4256,51 +4257,51 @@
           <t>32.4</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J54" t="n">
         <v>1</v>
       </c>
       <c r="K54" t="n">
         <v>790</v>
       </c>
       <c r="L54" t="n">
-        <v>1.848980169087282</v>
+        <v>1.848980169087284</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B55" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>700.36</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>20.0</t>
         </is>
@@ -4310,51 +4311,51 @@
           <t>28.7</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J55" t="n">
         <v>1</v>
       </c>
       <c r="K55" t="n">
         <v>2039</v>
       </c>
       <c r="L55" t="n">
-        <v>0.6402642410505899</v>
+        <v>0.6402642410505904</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B56" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>85.22</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>2.4</t>
         </is>
@@ -4364,51 +4365,51 @@
           <t>54.8</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J56" t="n">
         <v>1</v>
       </c>
       <c r="K56" t="n">
         <v>836</v>
       </c>
       <c r="L56" t="n">
-        <v>1.292538619092808</v>
+        <v>1.292538619092806</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B57" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>1601.48</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>45.7</t>
         </is>
@@ -4418,51 +4419,51 @@
           <t>29.2</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J57" t="n">
         <v>1</v>
       </c>
       <c r="K57" t="n">
         <v>4753</v>
       </c>
       <c r="L57" t="n">
-        <v>0.4535006931786617</v>
+        <v>0.4535006931786632</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B58" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>21.01</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -4526,51 +4527,51 @@
           <t>55.2</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I59" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J59" t="n">
         <v>0</v>
       </c>
       <c r="K59" t="n">
         <v>361</v>
       </c>
       <c r="L59" t="n">
-        <v>5.345147207691404</v>
+        <v>5.345147207691401</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B60" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>16.21</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -4580,51 +4581,51 @@
           <t>52.8</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I60" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J60" t="n">
         <v>0</v>
       </c>
       <c r="K60" t="n">
         <v>280</v>
       </c>
       <c r="L60" t="n">
-        <v>3.567665798677282</v>
+        <v>3.567665798677281</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B61" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>17.11</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -4742,51 +4743,51 @@
           <t>49.7</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I63" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J63" t="n">
         <v>0</v>
       </c>
       <c r="K63" t="n">
         <v>715</v>
       </c>
       <c r="L63" t="n">
-        <v>3.184250919970692</v>
+        <v>3.184250919970691</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B64" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>223.01</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
@@ -4958,51 +4959,51 @@
           <t>47.3</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="I67" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J67" t="n">
         <v>0</v>
       </c>
       <c r="K67" t="n">
         <v>167</v>
       </c>
       <c r="L67" t="n">
-        <v>2.404047951274614</v>
+        <v>2.404047951274613</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B68" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>5.12</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -5206,51 +5207,51 @@
           <t>37.5</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J76" t="n">
         <v>1</v>
       </c>
       <c r="K76" t="n">
         <v>784</v>
       </c>
       <c r="L76" t="n">
-        <v>4.634031107700006</v>
+        <v>4.634031107700004</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B77" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>43.09</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -5314,51 +5315,51 @@
           <t>32.4</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I78" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J78" t="n">
         <v>1</v>
       </c>
       <c r="K78" t="n">
         <v>2030</v>
       </c>
       <c r="L78" t="n">
-        <v>0.6407921161090836</v>
+        <v>0.6407921161090839</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B79" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>85.11</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -5368,51 +5369,51 @@
           <t>52.6</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>1.8</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I79" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J79" t="n">
         <v>1</v>
       </c>
       <c r="K79" t="n">
         <v>846</v>
       </c>
       <c r="L79" t="n">
-        <v>0.6183169082368586</v>
+        <v>0.6183169082368583</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B80" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>1708.37</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>45.8</t>
         </is>
@@ -5422,51 +5423,51 @@
           <t>32.0</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J80" t="n">
         <v>1</v>
       </c>
       <c r="K80" t="n">
         <v>4545</v>
       </c>
       <c r="L80" t="n">
-        <v>0.4653069436810902</v>
+        <v>0.4653069436810895</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B81" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>20.54</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -5530,51 +5531,51 @@
           <t>58.8</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J82" t="n">
         <v>0</v>
       </c>
       <c r="K82" t="n">
         <v>348</v>
       </c>
       <c r="L82" t="n">
-        <v>5.580011862601256</v>
+        <v>5.580011862601257</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B83" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>16.59</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -5584,51 +5585,51 @@
           <t>52.4</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>3.8</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I83" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J83" t="n">
         <v>0</v>
       </c>
       <c r="K83" t="n">
         <v>303</v>
       </c>
       <c r="L83" t="n">
-        <v>3.302455482958582</v>
+        <v>3.302455482958584</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B84" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>18.21</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -5638,51 +5639,51 @@
           <t>68.7</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I84" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J84" t="n">
         <v>0</v>
       </c>
       <c r="K84" t="n">
         <v>457</v>
       </c>
       <c r="L84" t="n">
-        <v>4.545364778072353</v>
+        <v>4.545364778072352</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B85" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>128.78</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>3.5</t>
         </is>
@@ -5692,51 +5693,51 @@
           <t>37.2</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I85" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="J85" t="n">
         <v>0</v>
       </c>
       <c r="K85" t="n">
         <v>1070</v>
       </c>
       <c r="L85" t="n">
-        <v>1.650958230437839</v>
+        <v>1.650958230437837</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B86" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>51.90</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -5746,51 +5747,51 @@
           <t>50.9</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I86" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J86" t="n">
         <v>0</v>
       </c>
       <c r="K86" t="n">
         <v>714</v>
       </c>
       <c r="L86" t="n">
-        <v>3.287875058392328</v>
+        <v>3.287875058392327</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B87" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>220.13</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
@@ -5800,51 +5801,51 @@
           <t>45.7</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I87" t="inlineStr">
         <is>
           <t>11.8</t>
         </is>
       </c>
       <c r="J87" t="n">
         <v>0</v>
       </c>
       <c r="K87" t="n">
         <v>1470</v>
       </c>
       <c r="L87" t="n">
-        <v>2.977248272103765</v>
+        <v>2.977248272103767</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B88" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>0.69</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -6210,51 +6211,51 @@
           <t>35.9</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>4.0</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J99" t="n">
         <v>1</v>
       </c>
       <c r="K99" t="n">
         <v>774</v>
       </c>
       <c r="L99" t="n">
-        <v>4.692679432521709</v>
+        <v>4.692679432521706</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B100" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>45.88</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -6264,51 +6265,51 @@
           <t>31.0</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J100" t="n">
         <v>1</v>
       </c>
       <c r="K100" t="n">
         <v>847</v>
       </c>
       <c r="L100" t="n">
-        <v>1.746772738526541</v>
+        <v>1.74677273852654</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B101" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>768.42</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>20.4</t>
         </is>
@@ -6318,51 +6319,51 @@
           <t>32.9</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J101" t="n">
         <v>1</v>
       </c>
       <c r="K101" t="n">
         <v>2075</v>
       </c>
       <c r="L101" t="n">
-        <v>0.6475146568036139</v>
+        <v>0.6475146568036136</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B102" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>87.17</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -6372,51 +6373,51 @@
           <t>54.5</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J102" t="n">
         <v>1</v>
       </c>
       <c r="K102" t="n">
         <v>795</v>
       </c>
       <c r="L102" t="n">
-        <v>0.6267083040167579</v>
+        <v>0.6267083040167574</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B103" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>1674.15</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>44.5</t>
         </is>
@@ -6534,51 +6535,51 @@
           <t>58.0</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I105" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J105" t="n">
         <v>0</v>
       </c>
       <c r="K105" t="n">
         <v>346</v>
       </c>
       <c r="L105" t="n">
-        <v>5.543731903806667</v>
+        <v>5.543731903806669</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B106" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>15.58</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -6588,51 +6589,51 @@
           <t>50.7</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I106" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J106" t="n">
         <v>0</v>
       </c>
       <c r="K106" t="n">
         <v>266</v>
       </c>
       <c r="L106" t="n">
-        <v>3.404927622200757</v>
+        <v>3.404927622200758</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B107" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>19.06</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -6696,51 +6697,51 @@
           <t>38.6</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I108" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J108" t="n">
         <v>0</v>
       </c>
       <c r="K108" t="n">
         <v>1118</v>
       </c>
       <c r="L108" t="n">
-        <v>1.79652478971595</v>
+        <v>1.796524789715951</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B109" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>53.50</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -6804,51 +6805,51 @@
           <t>46.1</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J110" t="n">
         <v>0</v>
       </c>
       <c r="K110" t="n">
         <v>1366</v>
       </c>
       <c r="L110" t="n">
-        <v>2.920314754431752</v>
+        <v>2.92031475443175</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B111" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>1.37</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -6858,51 +6859,51 @@
           <t>93.6</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I111" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J111" t="n">
         <v>0</v>
       </c>
       <c r="K111" t="n">
         <v>57</v>
       </c>
       <c r="L111" t="n">
-        <v>1.244924255735077</v>
+        <v>1.244924255735076</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B112" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>15.40</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -6966,51 +6967,51 @@
           <t>40.6</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="I113" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J113" t="n">
         <v>0</v>
       </c>
       <c r="K113" t="n">
         <v>205</v>
       </c>
       <c r="L113" t="n">
-        <v>2.089969536738591</v>
+        <v>2.089969536738592</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B114" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>4.86</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -7214,51 +7215,51 @@
           <t>35.4</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I122" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J122" t="n">
         <v>1</v>
       </c>
       <c r="K122" t="n">
         <v>848</v>
       </c>
       <c r="L122" t="n">
-        <v>4.454442348512265</v>
+        <v>4.45444234851227</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B123" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>43.94</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>1.1</t>
         </is>
@@ -7322,51 +7323,51 @@
           <t>30.0</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I124" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J124" t="n">
         <v>1</v>
       </c>
       <c r="K124" t="n">
         <v>2241</v>
       </c>
       <c r="L124" t="n">
-        <v>0.6768621403553704</v>
+        <v>0.6768621403553703</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B125" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>90.91</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -7430,51 +7431,51 @@
           <t>29.9</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J126" t="n">
         <v>1</v>
       </c>
       <c r="K126" t="n">
         <v>4788</v>
       </c>
       <c r="L126" t="n">
-        <v>0.4402701320833087</v>
+        <v>0.4402701320833092</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B127" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>20.22</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -7484,51 +7485,51 @@
           <t>50.8</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <t>4.4</t>
         </is>
       </c>
       <c r="H127" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I127" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J127" t="n">
         <v>0</v>
       </c>
       <c r="K127" t="n">
         <v>352</v>
       </c>
       <c r="L127" t="n">
-        <v>2.703626880980951</v>
+        <v>2.70362688098095</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B128" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>14.70</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -7538,51 +7539,51 @@
           <t>56.9</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I128" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J128" t="n">
         <v>0</v>
       </c>
       <c r="K128" t="n">
         <v>411</v>
       </c>
       <c r="L128" t="n">
-        <v>5.564137961612123</v>
+        <v>5.564137961612122</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B129" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>16.24</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -7592,51 +7593,51 @@
           <t>51.9</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I129" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J129" t="n">
         <v>0</v>
       </c>
       <c r="K129" t="n">
         <v>281</v>
       </c>
       <c r="L129" t="n">
-        <v>3.170859512660235</v>
+        <v>3.170859512660233</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B130" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>18.62</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -7700,51 +7701,51 @@
           <t>40.9</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I131" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
       <c r="J131" t="n">
         <v>0</v>
       </c>
       <c r="K131" t="n">
         <v>1091</v>
       </c>
       <c r="L131" t="n">
-        <v>1.729045046061367</v>
+        <v>1.729045046061368</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B132" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>49.70</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -7808,51 +7809,51 @@
           <t>44.3</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I133" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J133" t="n">
         <v>0</v>
       </c>
       <c r="K133" t="n">
         <v>1441</v>
       </c>
       <c r="L133" t="n">
-        <v>3.15545966953096</v>
+        <v>3.155459669530959</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B134" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>1.46</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -7862,51 +7863,51 @@
           <t>95.8</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I134" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J134" t="n">
         <v>0</v>
       </c>
       <c r="K134" t="n">
         <v>59</v>
       </c>
       <c r="L134" t="n">
-        <v>0.9853691149695775</v>
+        <v>0.9853691149695776</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B135" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>11.98</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -8272,51 +8273,51 @@
           <t>28.6</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I146" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J146" t="n">
         <v>1</v>
       </c>
       <c r="K146" t="n">
         <v>926</v>
       </c>
       <c r="L146" t="n">
-        <v>1.781462491473829</v>
+        <v>1.78146249147383</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B147" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>822.70</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>20.5</t>
         </is>
@@ -8326,51 +8327,51 @@
           <t>30.1</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I147" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J147" t="n">
         <v>1</v>
       </c>
       <c r="K147" t="n">
         <v>2094</v>
       </c>
       <c r="L147" t="n">
-        <v>0.6499927598081832</v>
+        <v>0.6499927598081835</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B148" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>91.38</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -8380,51 +8381,51 @@
           <t>53.6</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I148" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J148" t="n">
         <v>1</v>
       </c>
       <c r="K148" t="n">
         <v>868</v>
       </c>
       <c r="L148" t="n">
-        <v>0.6899590896608112</v>
+        <v>0.6899590896608114</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B149" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>1775.42</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>44.2</t>
         </is>
@@ -8434,51 +8435,51 @@
           <t>31.0</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J149" t="n">
         <v>1</v>
       </c>
       <c r="K149" t="n">
         <v>4633</v>
       </c>
       <c r="L149" t="n">
-        <v>0.435072442154718</v>
+        <v>0.4350724421547171</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B150" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>21.93</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -8542,51 +8543,51 @@
           <t>55.9</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I151" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J151" t="n">
         <v>0</v>
       </c>
       <c r="K151" t="n">
         <v>429</v>
       </c>
       <c r="L151" t="n">
-        <v>5.367156146495758</v>
+        <v>5.367156146495759</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B152" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>17.07</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -8650,51 +8651,51 @@
           <t>67.8</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I153" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J153" t="n">
         <v>0</v>
       </c>
       <c r="K153" t="n">
         <v>480</v>
       </c>
       <c r="L153" t="n">
-        <v>4.61601151868697</v>
+        <v>4.616011518686973</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B154" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>128.53</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>3.2</t>
         </is>
@@ -8704,51 +8705,51 @@
           <t>40.9</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H154" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I154" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="J154" t="n">
         <v>0</v>
       </c>
       <c r="K154" t="n">
         <v>1116</v>
       </c>
       <c r="L154" t="n">
-        <v>1.777358753192148</v>
+        <v>1.777358753192146</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B155" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>50.71</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -8758,51 +8759,51 @@
           <t>54.3</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I155" t="inlineStr">
         <is>
           <t>14.9</t>
         </is>
       </c>
       <c r="J155" t="n">
         <v>0</v>
       </c>
       <c r="K155" t="n">
         <v>727</v>
       </c>
       <c r="L155" t="n">
-        <v>3.261279666815227</v>
+        <v>3.261279666815225</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B156" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>219.22</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
@@ -9222,51 +9223,51 @@
           <t>35.9</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I168" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J168" t="n">
         <v>1</v>
       </c>
       <c r="K168" t="n">
         <v>781</v>
       </c>
       <c r="L168" t="n">
-        <v>4.094077839017841</v>
+        <v>4.094077839017836</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B169" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>47.97</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -9276,51 +9277,51 @@
           <t>29.6</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I169" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J169" t="n">
         <v>1</v>
       </c>
       <c r="K169" t="n">
         <v>910</v>
       </c>
       <c r="L169" t="n">
-        <v>1.594548668598156</v>
+        <v>1.594548668598155</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B170" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>820.03</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>20.0</t>
         </is>
@@ -9330,51 +9331,51 @@
           <t>32.2</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I170" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J170" t="n">
         <v>1</v>
       </c>
       <c r="K170" t="n">
         <v>2140</v>
       </c>
       <c r="L170" t="n">
-        <v>0.6140949417483307</v>
+        <v>0.6140949417483302</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B171" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>93.45</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -9384,51 +9385,51 @@
           <t>52.2</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I171" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J171" t="n">
         <v>1</v>
       </c>
       <c r="K171" t="n">
         <v>838</v>
       </c>
       <c r="L171" t="n">
-        <v>0.6602377159051744</v>
+        <v>0.6602377159051747</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B172" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>1797.50</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>43.9</t>
         </is>
@@ -9438,51 +9439,51 @@
           <t>32.0</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J172" t="n">
         <v>1</v>
       </c>
       <c r="K172" t="n">
         <v>4820</v>
       </c>
       <c r="L172" t="n">
-        <v>0.4228475570050334</v>
+        <v>0.4228475570050336</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B173" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>23.51</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -9546,51 +9547,51 @@
           <t>55.7</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I174" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J174" t="n">
         <v>0</v>
       </c>
       <c r="K174" t="n">
         <v>473</v>
       </c>
       <c r="L174" t="n">
-        <v>5.160934402458186</v>
+        <v>5.160934402458187</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B175" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>17.95</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -9654,51 +9655,51 @@
           <t>65.1</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I176" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J176" t="n">
         <v>0</v>
       </c>
       <c r="K176" t="n">
         <v>479</v>
       </c>
       <c r="L176" t="n">
-        <v>4.573438749259066</v>
+        <v>4.573438749259068</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B177" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>129.60</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>3.2</t>
         </is>
@@ -9762,51 +9763,51 @@
           <t>53.2</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I178" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J178" t="n">
         <v>0</v>
       </c>
       <c r="K178" t="n">
         <v>662</v>
       </c>
       <c r="L178" t="n">
-        <v>3.690212294614573</v>
+        <v>3.690212294614575</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B179" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>227.97</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>5.6</t>
         </is>
@@ -9816,51 +9817,51 @@
           <t>40.2</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I179" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J179" t="n">
         <v>0</v>
       </c>
       <c r="K179" t="n">
         <v>1511</v>
       </c>
       <c r="L179" t="n">
-        <v>3.115445590010804</v>
+        <v>3.115445590010803</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B180" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>2.33</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -9924,51 +9925,51 @@
           <t>62.7</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I181" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J181" t="n">
         <v>0</v>
       </c>
       <c r="K181" t="n">
         <v>173</v>
       </c>
       <c r="L181" t="n">
-        <v>1.135628457951031</v>
+        <v>1.135628457951032</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B182" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>18.47</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -9978,51 +9979,51 @@
           <t>40.8</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H182" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="I182" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J182" t="n">
         <v>0</v>
       </c>
       <c r="K182" t="n">
         <v>185</v>
       </c>
       <c r="L182" t="n">
-        <v>2.074575162480849</v>
+        <v>2.07457516248085</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B183" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>5.75</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -10226,51 +10227,51 @@
           <t>33.1</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I191" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J191" t="n">
         <v>1</v>
       </c>
       <c r="K191" t="n">
         <v>746</v>
       </c>
       <c r="L191" t="n">
-        <v>4.338196537986584</v>
+        <v>4.338196537986586</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B192" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>48.62</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -10334,51 +10335,51 @@
           <t>32.2</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I193" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J193" t="n">
         <v>1</v>
       </c>
       <c r="K193" t="n">
         <v>2280</v>
       </c>
       <c r="L193" t="n">
-        <v>0.6559873792474272</v>
+        <v>0.6559873792474274</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B194" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>100.47</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>2.5</t>
         </is>
@@ -10442,51 +10443,51 @@
           <t>31.2</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J195" t="n">
         <v>1</v>
       </c>
       <c r="K195" t="n">
         <v>4836</v>
       </c>
       <c r="L195" t="n">
-        <v>0.4141725411207565</v>
+        <v>0.414172541120757</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B196" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>21.91</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10496,51 +10497,51 @@
           <t>52.3</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>3.7</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I196" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J196" t="n">
         <v>0</v>
       </c>
       <c r="K196" t="n">
         <v>368</v>
       </c>
       <c r="L196" t="n">
-        <v>2.725813578931146</v>
+        <v>2.725813578931144</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B197" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>17.16</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -10550,51 +10551,51 @@
           <t>49.8</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I197" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J197" t="n">
         <v>0</v>
       </c>
       <c r="K197" t="n">
         <v>472</v>
       </c>
       <c r="L197" t="n">
-        <v>5.43556645231404</v>
+        <v>5.435566452314038</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B198" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>17.02</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -10604,51 +10605,51 @@
           <t>43.8</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I198" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J198" t="n">
         <v>0</v>
       </c>
       <c r="K198" t="n">
         <v>297</v>
       </c>
       <c r="L198" t="n">
-        <v>3.242043113687187</v>
+        <v>3.242043113687185</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B199" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>20.16</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10658,51 +10659,51 @@
           <t>64.9</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>2.6</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I199" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J199" t="n">
         <v>0</v>
       </c>
       <c r="K199" t="n">
         <v>346</v>
       </c>
       <c r="L199" t="n">
-        <v>5.405161466463902</v>
+        <v>5.405161466463899</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B200" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>122.38</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
@@ -10766,51 +10767,51 @@
           <t>54.3</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I201" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J201" t="n">
         <v>0</v>
       </c>
       <c r="K201" t="n">
         <v>540</v>
       </c>
       <c r="L201" t="n">
-        <v>3.67641749651366</v>
+        <v>3.676417496513661</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B202" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>231.97</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
@@ -10820,51 +10821,51 @@
           <t>41.4</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I202" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J202" t="n">
         <v>0</v>
       </c>
       <c r="K202" t="n">
         <v>1505</v>
       </c>
       <c r="L202" t="n">
-        <v>3.192383283099754</v>
+        <v>3.192383283099755</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B203" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>2.23</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -10928,51 +10929,51 @@
           <t>63.2</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I204" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J204" t="n">
         <v>0</v>
       </c>
       <c r="K204" t="n">
         <v>195</v>
       </c>
       <c r="L204" t="n">
-        <v>1.160384356339786</v>
+        <v>1.160384356339788</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B205" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>19.03</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10982,51 +10983,51 @@
           <t>40.3</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I205" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J205" t="n">
         <v>0</v>
       </c>
       <c r="K205" t="n">
         <v>189</v>
       </c>
       <c r="L205" t="n">
-        <v>2.320798126470674</v>
+        <v>2.320798126470673</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B206" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>5.67</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -11284,51 +11285,51 @@
           <t>29.9</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I215" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J215" t="n">
         <v>1</v>
       </c>
       <c r="K215" t="n">
         <v>970</v>
       </c>
       <c r="L215" t="n">
-        <v>1.624696727074634</v>
+        <v>1.624696727074636</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B216" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>813.22</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <t>20.9</t>
         </is>
@@ -11338,51 +11339,51 @@
           <t>33.3</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I216" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J216" t="n">
         <v>1</v>
       </c>
       <c r="K216" t="n">
         <v>2254</v>
       </c>
       <c r="L216" t="n">
-        <v>0.6296858954706797</v>
+        <v>0.6296858954706792</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B217" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>95.90</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>2.5</t>
         </is>
@@ -11392,51 +11393,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I217" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J217" t="n">
         <v>1</v>
       </c>
       <c r="K217" t="n">
         <v>919</v>
       </c>
       <c r="L217" t="n">
-        <v>1.816352345348096</v>
+        <v>1.816352345348093</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B218" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>1672.89</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>43.0</t>
         </is>
@@ -11446,51 +11447,51 @@
           <t>28.3</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J218" t="n">
         <v>1</v>
       </c>
       <c r="K218" t="n">
         <v>4931</v>
       </c>
       <c r="L218" t="n">
-        <v>0.4206221525006156</v>
+        <v>0.4206221525006151</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B219" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>24.35</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -11500,51 +11501,51 @@
           <t>50.0</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I219" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J219" t="n">
         <v>0</v>
       </c>
       <c r="K219" t="n">
         <v>450</v>
       </c>
       <c r="L219" t="n">
-        <v>2.718028858725394</v>
+        <v>2.718028858725395</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B220" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>14.68</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -11554,51 +11555,51 @@
           <t>51.8</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I220" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J220" t="n">
         <v>0</v>
       </c>
       <c r="K220" t="n">
         <v>589</v>
       </c>
       <c r="L220" t="n">
-        <v>4.722015949889115</v>
+        <v>4.722015949889116</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B221" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>19.81</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -11662,51 +11663,51 @@
           <t>65.8</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I222" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J222" t="n">
         <v>0</v>
       </c>
       <c r="K222" t="n">
         <v>577</v>
       </c>
       <c r="L222" t="n">
-        <v>5.74570092661033</v>
+        <v>5.745700926610331</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B223" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>134.33</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>3.5</t>
         </is>
@@ -11716,51 +11717,51 @@
           <t>39.6</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I223" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="J223" t="n">
         <v>0</v>
       </c>
       <c r="K223" t="n">
         <v>1068</v>
       </c>
       <c r="L223" t="n">
-        <v>1.691900797762904</v>
+        <v>1.691900797762902</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B224" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>53.72</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -11770,51 +11771,51 @@
           <t>51.1</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I224" t="inlineStr">
         <is>
           <t>14.9</t>
         </is>
       </c>
       <c r="J224" t="n">
         <v>0</v>
       </c>
       <c r="K224" t="n">
         <v>741</v>
       </c>
       <c r="L224" t="n">
-        <v>3.212435097498485</v>
+        <v>3.212435097498484</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B225" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>230.65</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
@@ -11824,51 +11825,51 @@
           <t>40.7</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I225" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J225" t="n">
         <v>0</v>
       </c>
       <c r="K225" t="n">
         <v>1499</v>
       </c>
       <c r="L225" t="n">
-        <v>3.199524225685238</v>
+        <v>3.199524225685237</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B226" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>2.43</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -11878,51 +11879,51 @@
           <t>96.4</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I226" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J226" t="n">
         <v>0</v>
       </c>
       <c r="K226" t="n">
         <v>65</v>
       </c>
       <c r="L226" t="n">
-        <v>1.386857419983789</v>
+        <v>1.38685741998379</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B227" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>13.92</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -12234,51 +12235,51 @@
           <t>33.0</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H237" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I237" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J237" t="n">
         <v>1</v>
       </c>
       <c r="K237" t="n">
         <v>806</v>
       </c>
       <c r="L237" t="n">
-        <v>4.227866467349342</v>
+        <v>4.227866467349343</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B238" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>48.65</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -12288,51 +12289,51 @@
           <t>27.6</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I238" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J238" t="n">
         <v>1</v>
       </c>
       <c r="K238" t="n">
         <v>935</v>
       </c>
       <c r="L238" t="n">
-        <v>1.765800574559903</v>
+        <v>1.765800574559904</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B239" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>823.70</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
           <t>20.7</t>
         </is>
@@ -12342,51 +12343,51 @@
           <t>32.8</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I239" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J239" t="n">
         <v>1</v>
       </c>
       <c r="K239" t="n">
         <v>2218</v>
       </c>
       <c r="L239" t="n">
-        <v>0.6340235008695096</v>
+        <v>0.6340235008695092</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B240" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>92.09</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -12396,51 +12397,51 @@
           <t>47.7</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I240" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J240" t="n">
         <v>1</v>
       </c>
       <c r="K240" t="n">
         <v>813</v>
       </c>
       <c r="L240" t="n">
-        <v>0.6749207619281143</v>
+        <v>0.6749207619281146</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B241" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>1686.42</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <t>42.5</t>
         </is>
@@ -12450,51 +12451,51 @@
           <t>29.4</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J241" t="n">
         <v>1</v>
       </c>
       <c r="K241" t="n">
         <v>5069</v>
       </c>
       <c r="L241" t="n">
-        <v>0.4300210984023723</v>
+        <v>0.4300210984023727</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B242" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -12504,51 +12505,51 @@
           <t>47.1</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I242" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J242" t="n">
         <v>0</v>
       </c>
       <c r="K242" t="n">
         <v>473</v>
       </c>
       <c r="L242" t="n">
-        <v>3.173650982359538</v>
+        <v>3.17365098235954</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B243" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>14.94</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -12558,51 +12559,51 @@
           <t>53.1</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I243" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J243" t="n">
         <v>0</v>
       </c>
       <c r="K243" t="n">
         <v>540</v>
       </c>
       <c r="L243" t="n">
-        <v>4.895781369780861</v>
+        <v>4.89578136978086</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B244" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>20.53</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -12612,51 +12613,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I244" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J244" t="n">
         <v>0</v>
       </c>
       <c r="K244" t="n">
         <v>332</v>
       </c>
       <c r="L244" t="n">
-        <v>3.189987060782908</v>
+        <v>3.189987060782907</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B245" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>20.23</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -12774,51 +12775,51 @@
           <t>52.0</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I247" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J247" t="n">
         <v>0</v>
       </c>
       <c r="K247" t="n">
         <v>724</v>
       </c>
       <c r="L247" t="n">
-        <v>3.688304313611076</v>
+        <v>3.688304313611074</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B248" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>267.05</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
@@ -12828,51 +12829,51 @@
           <t>42.4</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I248" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J248" t="n">
         <v>0</v>
       </c>
       <c r="K248" t="n">
         <v>1614</v>
       </c>
       <c r="L248" t="n">
-        <v>3.201282972029525</v>
+        <v>3.201282972029526</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B249" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <t>2.12</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -13238,51 +13239,51 @@
           <t>31.6</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I260" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J260" t="n">
         <v>1</v>
       </c>
       <c r="K260" t="n">
         <v>818</v>
       </c>
       <c r="L260" t="n">
-        <v>4.716051962039045</v>
+        <v>4.716051962039043</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B261" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
           <t>51.37</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -13292,51 +13293,51 @@
           <t>31.8</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I261" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J261" t="n">
         <v>1</v>
       </c>
       <c r="K261" t="n">
         <v>899</v>
       </c>
       <c r="L261" t="n">
-        <v>1.731293952545148</v>
+        <v>1.731293952545149</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B262" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>815.97</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
           <t>19.9</t>
         </is>
@@ -13400,51 +13401,51 @@
           <t>47.8</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I263" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J263" t="n">
         <v>1</v>
       </c>
       <c r="K263" t="n">
         <v>828</v>
       </c>
       <c r="L263" t="n">
-        <v>0.7098178364459183</v>
+        <v>0.7098178364459177</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B264" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>1710.51</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
           <t>41.8</t>
         </is>
@@ -13454,51 +13455,51 @@
           <t>29.5</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J264" t="n">
         <v>1</v>
       </c>
       <c r="K264" t="n">
         <v>4782</v>
       </c>
       <c r="L264" t="n">
-        <v>0.4321891100064366</v>
+        <v>0.4321891100064368</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B265" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>23.97</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -13616,51 +13617,51 @@
           <t>45.0</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I267" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J267" t="n">
         <v>0</v>
       </c>
       <c r="K267" t="n">
         <v>325</v>
       </c>
       <c r="L267" t="n">
-        <v>3.090592828460302</v>
+        <v>3.090592828460303</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B268" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>20.50</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -13670,51 +13671,51 @@
           <t>66.7</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I268" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J268" t="n">
         <v>0</v>
       </c>
       <c r="K268" t="n">
         <v>568</v>
       </c>
       <c r="L268" t="n">
-        <v>4.552958269695512</v>
+        <v>4.552958269695515</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B269" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>148.36</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
           <t>3.6</t>
         </is>
@@ -13778,51 +13779,51 @@
           <t>54.5</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I270" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J270" t="n">
         <v>0</v>
       </c>
       <c r="K270" t="n">
         <v>700</v>
       </c>
       <c r="L270" t="n">
-        <v>3.314168385563623</v>
+        <v>3.314168385563626</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B271" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>270.27</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
@@ -13832,51 +13833,51 @@
           <t>41.6</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I271" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J271" t="n">
         <v>0</v>
       </c>
       <c r="K271" t="n">
         <v>1661</v>
       </c>
       <c r="L271" t="n">
-        <v>3.258859635931457</v>
+        <v>3.258859635931453</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B272" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>2.66</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -13940,51 +13941,51 @@
           <t>66.5</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H273" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I273" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J273" t="n">
         <v>0</v>
       </c>
       <c r="K273" t="n">
         <v>165</v>
       </c>
       <c r="L273" t="n">
-        <v>1.16228075326988</v>
+        <v>1.162280753269879</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B274" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>17.70</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -14242,51 +14243,51 @@
           <t>34.3</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I283" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J283" t="n">
         <v>1</v>
       </c>
       <c r="K283" t="n">
         <v>785</v>
       </c>
       <c r="L283" t="n">
-        <v>4.655016888079707</v>
+        <v>4.655016888079706</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B284" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C284" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>50.50</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -14296,51 +14297,51 @@
           <t>33.1</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I284" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J284" t="n">
         <v>1</v>
       </c>
       <c r="K284" t="n">
         <v>1006</v>
       </c>
       <c r="L284" t="n">
-        <v>1.62779080850684</v>
+        <v>1.627790808506838</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B285" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>789.20</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
           <t>19.0</t>
         </is>
@@ -14350,51 +14351,51 @@
           <t>32.7</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I285" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J285" t="n">
         <v>1</v>
       </c>
       <c r="K285" t="n">
         <v>2032</v>
       </c>
       <c r="L285" t="n">
-        <v>0.6674167801441161</v>
+        <v>0.6674167801441239</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B286" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C286" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>95.45</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -14404,51 +14405,51 @@
           <t>47.3</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I286" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J286" t="n">
         <v>1</v>
       </c>
       <c r="K286" t="n">
         <v>778</v>
       </c>
       <c r="L286" t="n">
-        <v>1.03247923847222</v>
+        <v>1.032479238472219</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B287" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>1757.03</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>42.3</t>
         </is>
@@ -14458,51 +14459,51 @@
           <t>30.6</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J287" t="n">
         <v>1</v>
       </c>
       <c r="K287" t="n">
         <v>5046</v>
       </c>
       <c r="L287" t="n">
-        <v>0.4381620526683314</v>
+        <v>0.4381620526683322</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B288" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>26.26</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -14512,51 +14513,51 @@
           <t>45.1</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I288" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J288" t="n">
         <v>0</v>
       </c>
       <c r="K288" t="n">
         <v>438</v>
       </c>
       <c r="L288" t="n">
-        <v>2.626933067227678</v>
+        <v>2.62693306722768</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B289" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>14.84</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -14566,51 +14567,51 @@
           <t>52.1</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I289" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J289" t="n">
         <v>0</v>
       </c>
       <c r="K289" t="n">
         <v>482</v>
       </c>
       <c r="L289" t="n">
-        <v>4.886138623519758</v>
+        <v>4.886138623519759</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B290" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C290" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>20.94</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -14674,51 +14675,51 @@
           <t>64.5</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I291" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J291" t="n">
         <v>0</v>
       </c>
       <c r="K291" t="n">
         <v>532</v>
       </c>
       <c r="L291" t="n">
-        <v>4.500897659036667</v>
+        <v>4.500897659036665</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B292" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>138.87</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -14728,51 +14729,51 @@
           <t>39.1</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I292" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="J292" t="n">
         <v>0</v>
       </c>
       <c r="K292" t="n">
         <v>1076</v>
       </c>
       <c r="L292" t="n">
-        <v>1.640475403204789</v>
+        <v>1.640475403204791</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B293" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>56.04</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -14782,51 +14783,51 @@
           <t>50.9</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I293" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J293" t="n">
         <v>0</v>
       </c>
       <c r="K293" t="n">
         <v>638</v>
       </c>
       <c r="L293" t="n">
-        <v>3.757514404615963</v>
+        <v>3.757514404615962</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B294" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C294" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>274.59</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
@@ -14836,51 +14837,51 @@
           <t>42.1</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I294" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J294" t="n">
         <v>0</v>
       </c>
       <c r="K294" t="n">
         <v>1566</v>
       </c>
       <c r="L294" t="n">
-        <v>3.309802431608195</v>
+        <v>3.309802431608199</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B295" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C295" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>2.51</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -15246,51 +15247,51 @@
           <t>32.3</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H306" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I306" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J306" t="n">
         <v>1</v>
       </c>
       <c r="K306" t="n">
         <v>792</v>
       </c>
       <c r="L306" t="n">
-        <v>4.494748971825398</v>
+        <v>4.494748971825402</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B307" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>54.41</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -15300,51 +15301,51 @@
           <t>35.0</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H307" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I307" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J307" t="n">
         <v>1</v>
       </c>
       <c r="K307" t="n">
         <v>984</v>
       </c>
       <c r="L307" t="n">
-        <v>1.677546821593993</v>
+        <v>1.677546821593994</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B308" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C308" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
           <t>806.27</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
           <t>19.4</t>
         </is>
@@ -15354,51 +15355,51 @@
           <t>33.7</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H308" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I308" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J308" t="n">
         <v>1</v>
       </c>
       <c r="K308" t="n">
         <v>2147</v>
       </c>
       <c r="L308" t="n">
-        <v>0.6253448350337834</v>
+        <v>0.6253448350337829</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B309" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>96.31</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -15408,51 +15409,51 @@
           <t>47.2</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H309" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I309" t="inlineStr">
         <is>
           <t>2.1</t>
         </is>
       </c>
       <c r="J309" t="n">
         <v>1</v>
       </c>
       <c r="K309" t="n">
         <v>890</v>
       </c>
       <c r="L309" t="n">
-        <v>0.705364445746175</v>
+        <v>0.7053644457461746</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B310" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C310" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>1748.01</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
           <t>42.1</t>
         </is>
@@ -15462,51 +15463,51 @@
           <t>29.7</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H310" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I310" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J310" t="n">
         <v>1</v>
       </c>
       <c r="K310" t="n">
         <v>5080</v>
       </c>
       <c r="L310" t="n">
-        <v>0.4337951379805864</v>
+        <v>0.4337951379805853</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B311" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C311" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>26.13</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -15570,51 +15571,51 @@
           <t>48.9</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H312" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I312" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J312" t="n">
         <v>0</v>
       </c>
       <c r="K312" t="n">
         <v>531</v>
       </c>
       <c r="L312" t="n">
-        <v>4.68273010009204</v>
+        <v>4.682730100092041</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B313" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C313" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>18.11</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -15624,51 +15625,51 @@
           <t>47.4</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H313" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I313" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J313" t="n">
         <v>0</v>
       </c>
       <c r="K313" t="n">
         <v>341</v>
       </c>
       <c r="L313" t="n">
-        <v>2.868713985936165</v>
+        <v>2.868713985936164</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B314" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C314" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>18.13</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -15678,51 +15679,51 @@
           <t>61.8</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H314" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I314" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J314" t="n">
         <v>0</v>
       </c>
       <c r="K314" t="n">
         <v>536</v>
       </c>
       <c r="L314" t="n">
-        <v>4.540221457895536</v>
+        <v>4.540221457895537</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B315" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>129.55</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
           <t>3.1</t>
         </is>
@@ -15732,51 +15733,51 @@
           <t>40.5</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H315" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I315" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="J315" t="n">
         <v>0</v>
       </c>
       <c r="K315" t="n">
         <v>997</v>
       </c>
       <c r="L315" t="n">
-        <v>1.600219417322535</v>
+        <v>1.600219417322534</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B316" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>57.80</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -15786,51 +15787,51 @@
           <t>50.8</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H316" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I316" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J316" t="n">
         <v>0</v>
       </c>
       <c r="K316" t="n">
         <v>626</v>
       </c>
       <c r="L316" t="n">
-        <v>3.412849550041024</v>
+        <v>3.412849550041023</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B317" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>267.77</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
@@ -15894,51 +15895,51 @@
           <t>93.2</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
       <c r="H318" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I318" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J318" t="n">
         <v>0</v>
       </c>
       <c r="K318" t="n">
         <v>63</v>
       </c>
       <c r="L318" t="n">
-        <v>1.536123896185137</v>
+        <v>1.536123896185138</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B319" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C319" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>11.63</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -16002,51 +16003,51 @@
           <t>47.6</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H320" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="I320" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J320" t="n">
         <v>0</v>
       </c>
       <c r="K320" t="n">
         <v>188</v>
       </c>
       <c r="L320" t="n">
-        <v>2.596087087337724</v>
+        <v>2.596087087337723</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
           <t>20260112</t>
         </is>
       </c>
       <c r="B321" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C321" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>6.96</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
@@ -16250,51 +16251,51 @@
           <t>31.0</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I329" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J329" t="n">
         <v>1</v>
       </c>
       <c r="K329" t="n">
         <v>818</v>
       </c>
       <c r="L329" t="n">
-        <v>4.406759249406682</v>
+        <v>4.406759249406678</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B330" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C330" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>51.45</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -16304,51 +16305,51 @@
           <t>32.0</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H330" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I330" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J330" t="n">
         <v>1</v>
       </c>
       <c r="K330" t="n">
         <v>989</v>
       </c>
       <c r="L330" t="n">
-        <v>1.922707091107384</v>
+        <v>1.922707091107383</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B331" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C331" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>846.62</t>
         </is>
       </c>
       <c r="E331" t="inlineStr">
         <is>
           <t>20.1</t>
         </is>
@@ -16358,51 +16359,51 @@
           <t>32.7</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H331" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I331" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J331" t="n">
         <v>1</v>
       </c>
       <c r="K331" t="n">
         <v>2217</v>
       </c>
       <c r="L331" t="n">
-        <v>0.6645847051296803</v>
+        <v>0.6645847051296804</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B332" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C332" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>91.73</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
         <is>
           <t>2.2</t>
         </is>
@@ -16412,51 +16413,51 @@
           <t>49.4</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H332" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I332" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J332" t="n">
         <v>1</v>
       </c>
       <c r="K332" t="n">
         <v>923</v>
       </c>
       <c r="L332" t="n">
-        <v>0.6598703184817322</v>
+        <v>0.6598703184817324</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B333" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C333" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>1757.07</t>
         </is>
       </c>
       <c r="E333" t="inlineStr">
         <is>
           <t>41.7</t>
         </is>
@@ -16466,51 +16467,51 @@
           <t>30.8</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H333" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I333" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J333" t="n">
         <v>1</v>
       </c>
       <c r="K333" t="n">
         <v>5054</v>
       </c>
       <c r="L333" t="n">
-        <v>0.4291142657318286</v>
+        <v>0.4291142657318285</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B334" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C334" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>23.97</t>
         </is>
       </c>
       <c r="E334" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -16520,51 +16521,51 @@
           <t>44.4</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H334" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I334" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J334" t="n">
         <v>0</v>
       </c>
       <c r="K334" t="n">
         <v>407</v>
       </c>
       <c r="L334" t="n">
-        <v>2.694294691444734</v>
+        <v>2.694294691444732</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B335" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C335" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>15.91</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -16682,51 +16683,51 @@
           <t>60.6</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I337" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J337" t="n">
         <v>0</v>
       </c>
       <c r="K337" t="n">
         <v>542</v>
       </c>
       <c r="L337" t="n">
-        <v>4.271586827508933</v>
+        <v>4.27158682750893</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B338" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C338" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>139.59</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -16790,51 +16791,51 @@
           <t>50.8</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H339" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I339" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J339" t="n">
         <v>0</v>
       </c>
       <c r="K339" t="n">
         <v>662</v>
       </c>
       <c r="L339" t="n">
-        <v>3.442410374873173</v>
+        <v>3.442410374873172</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B340" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C340" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>290.19</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
@@ -16844,51 +16845,51 @@
           <t>43.0</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H340" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I340" t="inlineStr">
         <is>
           <t>12.3</t>
         </is>
       </c>
       <c r="J340" t="n">
         <v>0</v>
       </c>
       <c r="K340" t="n">
         <v>1702</v>
       </c>
       <c r="L340" t="n">
-        <v>3.285067790308132</v>
+        <v>3.285067790308135</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B341" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C341" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>2.13</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -17200,81 +17201,1085 @@
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>16883.00</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B351" s="34" t="n">
         <v>25</v>
       </c>
       <c r="C351" t="inlineStr">
         <is>
           <t>Number of Repos</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>8953.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B352" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C352" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D352" t="inlineStr">
+        <is>
+          <t>113.15</t>
+        </is>
+      </c>
+      <c r="E352" t="inlineStr">
+        <is>
+          <t>2.6</t>
+        </is>
+      </c>
+      <c r="F352" t="inlineStr">
+        <is>
+          <t>31.6</t>
+        </is>
+      </c>
+      <c r="G352" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H352" t="inlineStr">
+        <is>
+          <t>4.8</t>
+        </is>
+      </c>
+      <c r="I352" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J352" t="n">
+        <v>1</v>
+      </c>
+      <c r="K352" t="n">
+        <v>905</v>
+      </c>
+      <c r="L352" t="n">
+        <v>4.127807595919728</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B353" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C353" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D353" t="inlineStr">
+        <is>
+          <t>54.67</t>
+        </is>
+      </c>
+      <c r="E353" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F353" t="inlineStr">
+        <is>
+          <t>30.9</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H353" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I353" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J353" t="n">
+        <v>1</v>
+      </c>
+      <c r="K353" t="n">
+        <v>1109</v>
+      </c>
+      <c r="L353" t="n">
+        <v>1.796758474992832</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B354" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C354" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D354" t="inlineStr">
+        <is>
+          <t>835.45</t>
+        </is>
+      </c>
+      <c r="E354" t="inlineStr">
+        <is>
+          <t>19.5</t>
+        </is>
+      </c>
+      <c r="F354" t="inlineStr">
+        <is>
+          <t>33.7</t>
+        </is>
+      </c>
+      <c r="G354" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H354" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I354" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J354" t="n">
+        <v>1</v>
+      </c>
+      <c r="K354" t="n">
+        <v>2146</v>
+      </c>
+      <c r="L354" t="n">
+        <v>0.6899363373717095</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B355" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D355" t="inlineStr">
+        <is>
+          <t>88.66</t>
+        </is>
+      </c>
+      <c r="E355" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="F355" t="inlineStr">
+        <is>
+          <t>48.4</t>
+        </is>
+      </c>
+      <c r="G355" t="inlineStr">
+        <is>
+          <t>1.8</t>
+        </is>
+      </c>
+      <c r="H355" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I355" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J355" t="n">
+        <v>1</v>
+      </c>
+      <c r="K355" t="n">
+        <v>1056</v>
+      </c>
+      <c r="L355" t="n">
+        <v>0.6685539675149154</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B356" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C356" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D356" t="inlineStr">
+        <is>
+          <t>1784.80</t>
+        </is>
+      </c>
+      <c r="E356" t="inlineStr">
+        <is>
+          <t>41.6</t>
+        </is>
+      </c>
+      <c r="F356" t="inlineStr">
+        <is>
+          <t>30.8</t>
+        </is>
+      </c>
+      <c r="G356" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H356" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I356" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J356" t="n">
+        <v>1</v>
+      </c>
+      <c r="K356" t="n">
+        <v>5422</v>
+      </c>
+      <c r="L356" t="n">
+        <v>0.4268450995436743</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B357" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C357" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D357" t="inlineStr">
+        <is>
+          <t>26.19</t>
+        </is>
+      </c>
+      <c r="E357" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F357" t="inlineStr">
+        <is>
+          <t>46.3</t>
+        </is>
+      </c>
+      <c r="G357" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H357" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I357" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J357" t="n">
+        <v>0</v>
+      </c>
+      <c r="K357" t="n">
+        <v>445</v>
+      </c>
+      <c r="L357" t="n">
+        <v>2.688459802041381</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B358" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C358" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>14.71</t>
+        </is>
+      </c>
+      <c r="E358" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F358" t="inlineStr">
+        <is>
+          <t>54.9</t>
+        </is>
+      </c>
+      <c r="G358" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H358" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I358" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J358" t="n">
+        <v>0</v>
+      </c>
+      <c r="K358" t="n">
+        <v>523</v>
+      </c>
+      <c r="L358" t="n">
+        <v>4.458427501031827</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B359" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C359" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>19.63</t>
+        </is>
+      </c>
+      <c r="E359" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F359" t="inlineStr">
+        <is>
+          <t>46.1</t>
+        </is>
+      </c>
+      <c r="G359" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H359" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I359" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J359" t="n">
+        <v>0</v>
+      </c>
+      <c r="K359" t="n">
+        <v>391</v>
+      </c>
+      <c r="L359" t="n">
+        <v>2.74039022889003</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B360" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C360" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>17.64</t>
+        </is>
+      </c>
+      <c r="E360" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F360" t="inlineStr">
+        <is>
+          <t>62.2</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="H360" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I360" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J360" t="n">
+        <v>0</v>
+      </c>
+      <c r="K360" t="n">
+        <v>580</v>
+      </c>
+      <c r="L360" t="n">
+        <v>4.084961117669592</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B361" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C361" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>145.68</t>
+        </is>
+      </c>
+      <c r="E361" t="inlineStr">
+        <is>
+          <t>3.4</t>
+        </is>
+      </c>
+      <c r="F361" t="inlineStr">
+        <is>
+          <t>38.3</t>
+        </is>
+      </c>
+      <c r="G361" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H361" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I361" t="inlineStr">
+        <is>
+          <t>7.7</t>
+        </is>
+      </c>
+      <c r="J361" t="n">
+        <v>0</v>
+      </c>
+      <c r="K361" t="n">
+        <v>1112</v>
+      </c>
+      <c r="L361" t="n">
+        <v>1.745310284993861</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B362" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C362" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D362" t="inlineStr">
+        <is>
+          <t>59.84</t>
+        </is>
+      </c>
+      <c r="E362" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="F362" t="inlineStr">
+        <is>
+          <t>48.7</t>
+        </is>
+      </c>
+      <c r="G362" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H362" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I362" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J362" t="n">
+        <v>0</v>
+      </c>
+      <c r="K362" t="n">
+        <v>659</v>
+      </c>
+      <c r="L362" t="n">
+        <v>3.458187127577721</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B363" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D363" t="inlineStr">
+        <is>
+          <t>288.85</t>
+        </is>
+      </c>
+      <c r="E363" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="F363" t="inlineStr">
+        <is>
+          <t>44.5</t>
+        </is>
+      </c>
+      <c r="G363" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H363" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I363" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J363" t="n">
+        <v>0</v>
+      </c>
+      <c r="K363" t="n">
+        <v>1703</v>
+      </c>
+      <c r="L363" t="n">
+        <v>3.16420636946364</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B364" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C364" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D364" t="inlineStr">
+        <is>
+          <t>2.38</t>
+        </is>
+      </c>
+      <c r="E364" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F364" t="inlineStr">
+        <is>
+          <t>97.1</t>
+        </is>
+      </c>
+      <c r="G364" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H364" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I364" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J364" t="n">
+        <v>0</v>
+      </c>
+      <c r="K364" t="n">
+        <v>57</v>
+      </c>
+      <c r="L364" t="n">
+        <v>1.600805650727974</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B365" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C365" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D365" t="inlineStr">
+        <is>
+          <t>15.85</t>
+        </is>
+      </c>
+      <c r="E365" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F365" t="inlineStr">
+        <is>
+          <t>55.2</t>
+        </is>
+      </c>
+      <c r="G365" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H365" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I365" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J365" t="n">
+        <v>0</v>
+      </c>
+      <c r="K365" t="n">
+        <v>225</v>
+      </c>
+      <c r="L365" t="n">
+        <v>1.213597139424596</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B366" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C366" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D366" t="inlineStr">
+        <is>
+          <t>13.68</t>
+        </is>
+      </c>
+      <c r="E366" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F366" t="inlineStr">
+        <is>
+          <t>44.7</t>
+        </is>
+      </c>
+      <c r="G366" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H366" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="I366" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J366" t="n">
+        <v>0</v>
+      </c>
+      <c r="K366" t="n">
+        <v>176</v>
+      </c>
+      <c r="L366" t="n">
+        <v>2.481509164016479</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B367" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C367" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D367" t="inlineStr">
+        <is>
+          <t>7.15</t>
+        </is>
+      </c>
+      <c r="E367" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="J367" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B368" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C368" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D368" t="inlineStr">
+        <is>
+          <t>2876.73</t>
+        </is>
+      </c>
+      <c r="E368" t="inlineStr">
+        <is>
+          <t>67.0</t>
+        </is>
+      </c>
+      <c r="J368" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B369" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C369" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D369" t="inlineStr">
+        <is>
+          <t>611.60</t>
+        </is>
+      </c>
+      <c r="E369" t="inlineStr">
+        <is>
+          <t>14.2</t>
+        </is>
+      </c>
+      <c r="J369" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B370" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C370" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D370" t="inlineStr">
+        <is>
+          <t>4292.76</t>
+        </is>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B371" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C371" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D371" t="inlineStr">
+        <is>
+          <t>804.05</t>
+        </is>
+      </c>
+      <c r="E371" t="inlineStr">
+        <is>
+          <t>18.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B372" s="34" t="n">
+        <v>23</v>
+      </c>
+      <c r="C372" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D372" t="inlineStr">
+        <is>
+          <t>0.38</t>
+        </is>
+      </c>
+      <c r="E372" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B373" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C373" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D373" t="inlineStr">
+        <is>
+          <t>17829.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B374" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C374" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D374" t="inlineStr">
+        <is>
+          <t>9251.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K51"/>
+  <dimension ref="A2:K54"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -18034,81 +19039,132 @@
       <c r="B50" t="inlineStr">
         <is>
           <t>Net Cash Borrowed</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>299.00</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>20260210</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Net Securities Delivered</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>373.40</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>774.80</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>293.90</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>387.40</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K51"/>
+  <dimension ref="A2:K54"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L34" sqref="L34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -19558,81 +20614,177 @@
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>66.80</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>16.3</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>97.90</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>29.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>5.50</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>337.90</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>80.3</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>239.60</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>67.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>77.20</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>18.4</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>114.60</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>32.4</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K141"/>
+  <dimension ref="A2:K150"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -23962,81 +25114,369 @@
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Treasury (less than 30 Yrs.)</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>64.80</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>15.8</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>97.90</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>29.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>5.50</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>305.60</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>72.7</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>208.80</t>
+        </is>
+      </c>
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>58.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>FNMA &amp; FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>4.90</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>27.40</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>30.50</t>
+        </is>
+      </c>
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>8.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>75.20</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>17.9</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>114.60</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>32.4</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K51"/>
+  <dimension ref="A2:K54"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -25486,64 +26926,192 @@
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>1848.80</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>64.7</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>164.70</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>22.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>54.67</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>1.9</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>5.50</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>0.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>948.60</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>33.0</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>577.50</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>74.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>20260310</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>1873.46</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>65.1</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>191.80</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>24.8</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">Scally, Joelle W</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
+  <property name="TitusGUID" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">cfe65e4d-5207-4830-a8bc-e25fe10f36c7</vt:lpwstr>
+  </property>
+  <property name="ContentTypeId" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">0x0101002B22C0691D66054097C12E634154BF6E</vt:lpwstr>
+  </property>
+  <property name="MSIP_Label_b51c2f0d-b3ff-4d77-9838-7b0e82bdd7ab_Enabled" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">true</vt:lpwstr>
+  </property>
+  <property name="MSIP_Label_b51c2f0d-b3ff-4d77-9838-7b0e82bdd7ab_SetDate" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">2022-08-01T12:48:01Z</vt:lpwstr>
+  </property>
+  <property name="MSIP_Label_b51c2f0d-b3ff-4d77-9838-7b0e82bdd7ab_Method" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">Privileged</vt:lpwstr>
+  </property>
+  <property name="MSIP_Label_b51c2f0d-b3ff-4d77-9838-7b0e82bdd7ab_Name" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">b51c2f0d-b3ff-4d77-9838-7b0e82bdd7ab</vt:lpwstr>
+  </property>
+  <property name="MSIP_Label_b51c2f0d-b3ff-4d77-9838-7b0e82bdd7ab_SiteId" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">b397c653-5b19-463f-b9fc-af658ded9128</vt:lpwstr>
+  </property>
+  <property name="MSIP_Label_b51c2f0d-b3ff-4d77-9838-7b0e82bdd7ab_ActionId" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">c0798333-8b12-4266-9938-7f9e3f76d7ff</vt:lpwstr>
+  </property>
+  <property name="MSIP_Label_b51c2f0d-b3ff-4d77-9838-7b0e82bdd7ab_ContentBits" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">1</vt:lpwstr>
+  </property>
+</Properties>
+</file>